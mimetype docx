--- v0 (2025-10-22)
+++ v1 (2026-01-21)
@@ -73,160 +73,161 @@
       <w:r w:rsidRPr="00F07653">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                            Gargždų lopšelio-darželio</w:t>
       </w:r>
       <w:r w:rsidR="008E02F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> „</w:t>
       </w:r>
       <w:r w:rsidRPr="00F07653">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Saulutė“</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B323C51" w14:textId="5D0C059A" w:rsidR="005B23C4" w:rsidRPr="00F07653" w:rsidRDefault="005B23C4" w:rsidP="00F07653">
+    <w:p w14:paraId="5B323C51" w14:textId="2B768196" w:rsidR="005B23C4" w:rsidRPr="00F07653" w:rsidRDefault="005B23C4" w:rsidP="00F07653">
       <w:pPr>
         <w:pStyle w:val="prastasis1"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F07653">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                             direktoriaus 202</w:t>
       </w:r>
-      <w:r w:rsidR="009C5A00" w:rsidRPr="00F07653">
+      <w:r w:rsidR="00D50A7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F07653">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. </w:t>
       </w:r>
-      <w:r w:rsidR="009C5A00" w:rsidRPr="00F07653">
+      <w:r w:rsidR="00D50A7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>rugsėjo</w:t>
+        <w:t>sausio</w:t>
       </w:r>
       <w:r w:rsidRPr="00F07653">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009C5A00" w:rsidRPr="00F07653">
+      <w:r w:rsidR="00E25A60">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD06FF">
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F07653">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> d. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3140D75A" w14:textId="57B66BDC" w:rsidR="005B23C4" w:rsidRPr="00F07653" w:rsidRDefault="005B23C4" w:rsidP="00F07653">
+    <w:p w14:paraId="3140D75A" w14:textId="38284286" w:rsidR="005B23C4" w:rsidRPr="00F07653" w:rsidRDefault="005B23C4" w:rsidP="00F07653">
       <w:pPr>
         <w:pStyle w:val="prastasis1"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F07653">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                             įsakymu Nr. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3466D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V-</w:t>
       </w:r>
-      <w:r w:rsidR="00A3466D" w:rsidRPr="00A3466D">
+      <w:r w:rsidR="00E25A60">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>80 (1.3 MR</w:t>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3466D" w:rsidRPr="00A3466D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1.3 MR</w:t>
       </w:r>
       <w:r w:rsidR="009666EE" w:rsidRPr="00A3466D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="431BCB08" w14:textId="77777777" w:rsidR="005B23C4" w:rsidRDefault="005B23C4" w:rsidP="00F07653">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8364"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5387"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -457,100 +458,82 @@
       <w:r w:rsidR="00566B58" w:rsidRPr="00F07653">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">istema) reglamentuoja visų </w:t>
       </w:r>
       <w:r w:rsidRPr="00F07653">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lopšelio-darželio</w:t>
       </w:r>
       <w:r w:rsidR="00566B58" w:rsidRPr="00F07653">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojų darbo apmokėjimo tvarką, detalizuoja pareiginės algos nustatymo kriterijus, darbo užmokesčio apskaičiavimą esant nukrypimams nuo normalių darbo sąlygų, atsiskaitymo su darbuotojais terminus, nustato darbuotojų kategorijas pagal pareigybes, nurodo kiekvienos pareigybės apmokėjimo formas ir darbo užmokesčio dydžius, papildomo apmokėjimo skyrimo pagrindus ir tvarką. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BB21091" w14:textId="06440C45" w:rsidR="00541D14" w:rsidRPr="00F07653" w:rsidRDefault="00566B58" w:rsidP="00F07653">
+    <w:p w14:paraId="7BB21091" w14:textId="796D28AB" w:rsidR="00541D14" w:rsidRPr="00F07653" w:rsidRDefault="00566B58" w:rsidP="00F07653">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F07653">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Šios sistemos nuostatos parengtos vadovaujantis Lietuvos Respublikos darbo kodekso nuostatomis ir jas įgyvendinančiais teisės aktais, Lietuvos Respublikos biudžetinių įstaigų darbuoto</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> narių atlygio už darbą įstatymu (toliau – DAĮ), Lietuvos </w:t>
+        <w:t xml:space="preserve">Šios sistemos nuostatos parengtos vadovaujantis Lietuvos Respublikos darbo kodekso nuostatomis ir jas įgyvendinančiais teisės aktais, Lietuvos Respublikos biudžetinių įstaigų darbuotojų darbo apmokėjimo ir komisijos narių atlygio už darbą įstatymu (toliau – DAĮ), Lietuvos </w:t>
       </w:r>
       <w:r w:rsidR="000F5035">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00F07653">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">espublikos Vyriausybės patvirtintomis darbo apmokėjimo sistemos nustatymo rekomendacijomis, </w:t>
       </w:r>
       <w:r w:rsidR="00CE50D6" w:rsidRPr="00F07653">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lopšelio-darželio</w:t>
       </w:r>
@@ -2111,66 +2094,105 @@
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003E78FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>18.4. kai keičiasi pareigybei priskirtos funkcijos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="031A8C81" w14:textId="77777777" w:rsidR="003E78FC" w:rsidRDefault="003E78FC" w:rsidP="00E5635D">
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="031A8C81" w14:textId="3C0EF1CF" w:rsidR="003E78FC" w:rsidRDefault="00A66739" w:rsidP="00A43EF1">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A43EF1" w:rsidRPr="00146468">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18.5. visi pareiginės algos koeficiento pakeitimai, nepriklausomai nuo jų pagrindo (įskaitant darbuotojo veiklos vertinimo rezultatus, ankstesnio laikotarpio veiklos vertinimą, pareigybės ar funkcijų pasikeitimą), įforminami ne tik direktoriaus įsakymu, bet ir darbo sutarties pakeitimu (susitarimu), kuris tampa neatskiriama darbo sutarties dalimi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D169DE9" w14:textId="77777777" w:rsidR="00A43EF1" w:rsidRPr="007B3D56" w:rsidRDefault="00A43EF1" w:rsidP="00A43EF1">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AEC57A4" w14:textId="77777777" w:rsidR="009B5B2B" w:rsidRDefault="003E78FC" w:rsidP="003E78FC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -2477,85 +2499,104 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00977347">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">24. Direktoriaus pavaduotojo ugdymui </w:t>
       </w:r>
       <w:r w:rsidRPr="003E78FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pareiginės algos nustatymas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C751FE0" w14:textId="77777777" w:rsidR="00977347" w:rsidRDefault="003E78FC" w:rsidP="009B5B2B">
+    <w:p w14:paraId="1C751FE0" w14:textId="261A55DE" w:rsidR="00977347" w:rsidRDefault="003E78FC" w:rsidP="009B5B2B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003E78FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">24.1. Po 2025 metais įvykusio kasmetinio veiklos vertinimo už 2024 metus direktoriaus pavaduotojo pareiginę algą sudaro: </w:t>
+        <w:t>24.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D431F2" w:rsidRPr="00D431F2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D431F2" w:rsidRPr="00D431F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Po kasmetinio veiklos vertinimo direktoriaus pavaduotojo ugdymui pareiginę algą sudaro:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E78FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23FDDC42" w14:textId="77777777" w:rsidR="00977347" w:rsidRDefault="00977347" w:rsidP="009B5B2B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2585,344 +2626,352 @@
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003E78FC" w:rsidRPr="003E78FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">24.1.2. pareiginės algos koeficiento, padidinimas dėl veiklos sudėtingumo pagal Sistemoje numatytus 24.2 punktus; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="22AAE5DF" w14:textId="77777777" w:rsidR="00977347" w:rsidRDefault="00977347" w:rsidP="009B5B2B">
+        <w:t xml:space="preserve">24.1.2. pareiginės algos koeficiento, padidinimas dėl veiklos sudėtingumo pagal </w:t>
+      </w:r>
+      <w:r w:rsidR="003E78FC" w:rsidRPr="003E78FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Sistemoje numatytus 24.2 punktus; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5B9CE5" w14:textId="56F58AA1" w:rsidR="00A66739" w:rsidRDefault="00977347" w:rsidP="009B5B2B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003E78FC" w:rsidRPr="003E78FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">24.1.3. pareiginės algos kintamoji dalis, nustatyta po 2024 metais įvykusio kasmetinio veiklos vertinimo už 2023 metus, įskaičiuota į pareiginę algą; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0DBE8CEC" w14:textId="07E51124" w:rsidR="00977347" w:rsidRDefault="00977347" w:rsidP="009B5B2B">
+        <w:t>24.1.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66739">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66739" w:rsidRPr="00146468">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pareiginės algos koeficientas, nustatytas atsižvelgiant į ankstesnio laikotarpio darbuotojo veiklos vertinimo rezultatus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DBE8CEC" w14:textId="6E6716B0" w:rsidR="00977347" w:rsidRDefault="00977347" w:rsidP="009B5B2B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00EA3AFB" w:rsidRPr="00EA3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>24.1.4. Jeigu kasmetinio veiklos vertinimo metu direktoriaus pavaduotojo ugdymui veikla įvertinama kaip viršijanti lūkesčius ir pasirenkama ši skatinimo priemonė, gali būti didinamas pareiginės algos koeficientas ne mažiau kaip 0,06. Tačiau bet kuriuo atveju bendras pareiginės algos koeficientas negali viršyti Darbo apmokėjimo įstatymo 2 priede tai pareigybei nustatyto maksimalaus koeficiento</w:t>
+      </w:r>
+      <w:r w:rsidR="0006471F" w:rsidRPr="0006471F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FD182AF" w14:textId="449AEB3D" w:rsidR="00977347" w:rsidRDefault="00977347" w:rsidP="00A232DA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009B5B2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>24.2. D</w:t>
+      </w:r>
       <w:r w:rsidR="003E78FC" w:rsidRPr="003E78FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">24.1.4. po 2025 metais įvykusio kasmetinio veiklos vertinimo už 2024 metus nustatytas </w:t>
+        <w:t>irektoriaus pavaduoto</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5035">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jui</w:t>
       </w:r>
       <w:r w:rsidR="003E78FC" w:rsidRPr="003E78FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-        <w:t>didesnis pareiginės algos koeficientas</w:t>
+        <w:t xml:space="preserve"> ugdymui pareiginės algos koeficientas dėl veiklos sudėtingumo </w:t>
+      </w:r>
+      <w:r w:rsidR="00271681">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">už ugdymo organizavimą </w:t>
       </w:r>
       <w:r w:rsidR="003E78FC" w:rsidRPr="003E78FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">). </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3FD182AF" w14:textId="449AEB3D" w:rsidR="00977347" w:rsidRDefault="00977347" w:rsidP="00A232DA">
+        <w:t xml:space="preserve">didinamas: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E3A7D34" w14:textId="07ACD7B2" w:rsidR="00977347" w:rsidRDefault="00977347" w:rsidP="00A232DA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009B5B2B">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidR="003E78FC" w:rsidRPr="003E78FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>irektoriaus pavaduoto</w:t>
-[...7 lines deleted...]
-        <w:t>jui</w:t>
+        <w:t xml:space="preserve">24.2.1. dėl įgimtų ar įgytų sutrikimų turinčių didelių ar labai didelių specialiųjų ugdymosi poreikių jeigu įstaigoje ugdomi 10 ir daugiau vaikų su dideliais ir labai dideliais SUP – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="003E78FC" w:rsidRPr="003E78FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ugdymui pareiginės algos koeficientas dėl veiklos sudėtingumo </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">už ugdymo organizavimą </w:t>
+        <w:t xml:space="preserve"> procent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ų</w:t>
+      </w:r>
+      <w:r w:rsidR="00A232DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="003E78FC" w:rsidRPr="003E78FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">didinamas: </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6E3A7D34" w14:textId="07ACD7B2" w:rsidR="00977347" w:rsidRDefault="00977347" w:rsidP="00A232DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28E66D65" w14:textId="77777777" w:rsidR="00977347" w:rsidRDefault="00977347" w:rsidP="00A232DA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003E78FC" w:rsidRPr="003E78FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">24.2.1. dėl įgimtų ar įgytų sutrikimų turinčių didelių ar labai didelių specialiųjų ugdymosi poreikių jeigu įstaigoje ugdomi 10 ir daugiau vaikų su dideliais ir labai dideliais SUP – </w:t>
-[...75 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">24.2.2. 5 procentais jeigu Lopšelyje-darželyje ugdoma daugiau kaip 10 užsieniečių ar Lietuvos Respublikos piliečių, atvykusių gyventi į Lietuvos Respubliką, nemokančių valstybinės kalbos, dvejus metus nuo mokinio mokymosi pradžios Lietuvos Respublikoje; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D2570F8" w14:textId="69C86C9B" w:rsidR="00977347" w:rsidRDefault="00977347" w:rsidP="00A232DA">
+    <w:p w14:paraId="5AEA77AA" w14:textId="732C84F0" w:rsidR="0006471F" w:rsidRDefault="00977347" w:rsidP="00A232DA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4486,51 +4535,50 @@
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E110B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">mokinius, dėl įgimtų ar įgytų sutrikimų turinčius </w:t>
             </w:r>
             <w:r w:rsidRPr="002E110B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>didelius ar labai didelius</w:t>
             </w:r>
             <w:r w:rsidRPr="002E110B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> specialiuosius ugdymosi poreikius pareiginės algos koeficientai didinami 5–20 procentų atsižvelgiant į mokinių skaičių</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
@@ -6486,76 +6534,77 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BFEE837" w14:textId="25B3687C" w:rsidR="002E110B" w:rsidRDefault="002D2563" w:rsidP="009D50F5">
+    <w:p w14:paraId="2006D6C5" w14:textId="77777777" w:rsidR="0006471F" w:rsidRDefault="002D2563" w:rsidP="009D50F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002E110B" w:rsidRPr="002E110B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>25.3.</w:t>
       </w:r>
       <w:r w:rsidR="009A5D17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A5D17" w:rsidRPr="009A5D17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pareiginės algos koeficientas dėl veiklos sudėtingumo gali būti didinam</w:t>
@@ -6586,61 +6635,99 @@
       </w:r>
       <w:r w:rsidR="009A5D17" w:rsidRPr="009A5D17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="009D50F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A5D17" w:rsidRPr="009A5D17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atnaujinimo ir įgyvendinimo, įtraukiojo ugdymo užtikrinimo, projektų vykdymo ir kitais nenumatytais atvejais.</w:t>
       </w:r>
-      <w:r w:rsidR="002E110B" w:rsidRPr="002E110B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p w14:paraId="5BFEE837" w14:textId="7A5D563E" w:rsidR="002E110B" w:rsidRPr="00D431F2" w:rsidRDefault="0006471F" w:rsidP="009D50F5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002E110B" w:rsidRPr="0006471F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk208917386"/>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk208917386"/>
+      <w:r w:rsidRPr="00D431F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>25.4. bendras pareiginės algos koeficiento didinimas dėl veiklos sudėtingumo negali viršyti DAĮ 2 priede nustatytos maksimalios ribos tai pareigybei.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="6BFF3446" w14:textId="7D24431C" w:rsidR="006A5AF8" w:rsidRDefault="006A5AF8" w:rsidP="009D50F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6665,60 +6752,51 @@
         </w:rPr>
         <w:t>meninio ugdymo mokytojams</w:t>
       </w:r>
       <w:r w:rsidRPr="006A5AF8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, dirbantiems pagal ikimokyklinio ir priešmokyklinio ugdymo programą, pareiginės algos dalies koeficientas didinamas 5</w:t>
       </w:r>
       <w:r w:rsidR="009D5B54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">–10 </w:t>
       </w:r>
       <w:r w:rsidRPr="006A5AF8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">procentais, dėl veiklos sudėtingumo už vaikų, turinčių didelių ar </w:t>
-[...8 lines deleted...]
-        <w:t>labai didelių specialiųjų ugdymosi poreikių, ugdymą</w:t>
+        <w:t>procentais, dėl veiklos sudėtingumo už vaikų, turinčių didelių ar labai didelių specialiųjų ugdymosi poreikių, ugdymą</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40DCF5AF" w14:textId="77777777" w:rsidR="006A5AF8" w:rsidRDefault="006A5AF8" w:rsidP="009D50F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
@@ -8165,156 +8243,181 @@
         </w:rPr>
         <w:t xml:space="preserve">27.2. </w:t>
       </w:r>
       <w:r w:rsidR="009A5D17" w:rsidRPr="009A5D17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pareiginės algos koeficientas dėl veiklos sudėtingumo gali būti didinam</w:t>
       </w:r>
       <w:r w:rsidR="009A5D17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="009A5D17" w:rsidRPr="009A5D17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s iki 10 procentų dėl naujų ugdymo programų kūrimo</w:t>
+        <w:t xml:space="preserve">s iki 10 </w:t>
+      </w:r>
+      <w:r w:rsidR="009A5D17" w:rsidRPr="009A5D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>procentų dėl naujų ugdymo programų kūrimo</w:t>
       </w:r>
       <w:r w:rsidR="009D50F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A5D17" w:rsidRPr="009A5D17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="009D50F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A5D17" w:rsidRPr="009A5D17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">atnaujinimo ir įgyvendinimo, įtraukiojo ugdymo užtikrinimo, projektų vykdymo </w:t>
       </w:r>
       <w:r w:rsidR="009D50F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir kitais nenumatytais atvejais;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CD55CFC" w14:textId="20EA91A2" w:rsidR="005440C5" w:rsidRDefault="00CE59EC" w:rsidP="009D50F5">
+    <w:p w14:paraId="4CD55CFC" w14:textId="4143A987" w:rsidR="005440C5" w:rsidRDefault="00CE59EC" w:rsidP="009D50F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk208919592"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk208919592"/>
       <w:r w:rsidR="009D50F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>27.3. s</w:t>
       </w:r>
       <w:r w:rsidR="00644A71" w:rsidRPr="00644A71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>pecialiajam pedagogui, logopedui pareiginės algos koeficientai gali būti didinami iki 15 procentų, jei jie teikia specialiąją pedagoginę pagalbą didesniam mokinių skaičiumi nei nustatyt</w:t>
+        <w:t>pecialiajam pedagogui, logopedui pareiginės algos koeficientai gali būti didinami iki 15 procentų, jei jie teikia specialiąją pedagoginę pa</w:t>
+      </w:r>
+      <w:r w:rsidR="005E7688">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>galbą didesniam mokinių skaičiu</w:t>
+      </w:r>
+      <w:r w:rsidR="00644A71" w:rsidRPr="00644A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i nei nustatyt</w:t>
       </w:r>
       <w:r w:rsidR="00781578">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00644A71" w:rsidRPr="00644A71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pagal normatyvus pareigybei. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="23FC1198" w14:textId="77777777" w:rsidR="005440C5" w:rsidRDefault="005440C5" w:rsidP="009D50F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8362,101 +8465,92 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>28.1.</w:t>
       </w:r>
       <w:r w:rsidR="00DD06FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005440C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">5 procentais, jei konsultuojami 10 ir daugiau mokinių, dėl įgimtų ar įgytų sutrikimų </w:t>
-[...8 lines deleted...]
-        <w:t>turinčių didelių ar labai didelių specialiųjų ugdymosi poreikių;</w:t>
+        <w:t>5 procentais, jei konsultuojami 10 ir daugiau mokinių, dėl įgimtų ar įgytų sutrikimų turinčių didelių ar labai didelių specialiųjų ugdymosi poreikių;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="225080DE" w14:textId="26FBA159" w:rsidR="003E78FC" w:rsidRDefault="005440C5" w:rsidP="009D50F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk156498129"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk156498129"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">28.2. </w:t>
       </w:r>
       <w:r w:rsidRPr="005440C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5 procentais, jei konsultuojami 10 ir daugiau užsieniečių ar Lietuvos Respublikos piliečių, atvykusių gyventi į Lietuvos Respubliką, nemokančių valstybinės kalbos, dvejus metus nuo mokinio mokymosi pradžios Lietuvos Respublikoje pagal ikimokyklinio ir priešmokyklinio ugdymo programas</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5387AC4C" w14:textId="3BF1A641" w:rsidR="005440C5" w:rsidRDefault="005440C5" w:rsidP="009D50F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8700,51 +8794,51 @@
     </w:p>
     <w:p w14:paraId="1C994E16" w14:textId="77777777" w:rsidR="00D96D1B" w:rsidRPr="00D96D1B" w:rsidRDefault="00D96D1B" w:rsidP="00D96D1B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3184943A" w14:textId="04D4F609" w:rsidR="003E78FC" w:rsidRDefault="00D96D1B" w:rsidP="00576037">
+    <w:p w14:paraId="3184943A" w14:textId="710DD145" w:rsidR="003E78FC" w:rsidRDefault="00D96D1B" w:rsidP="00576037">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8770,67 +8864,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lopšelio-darželio</w:t>
       </w:r>
       <w:r w:rsidR="004D366C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> direktoriaus pavaduotojui ūkio reikalams</w:t>
       </w:r>
       <w:r w:rsidRPr="00D96D1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (A2 lygis) pareiginės algos minimalus koeficientas nustatomas vadovaujantis DAĮ 1 priedu (ne mažesnis kaip iki 2023-12</w:t>
-[...15 lines deleted...]
-        <w:t>31 mokėtas atlygis be kintamosios dalies), o maksimalūs koeficientai nustatomi pagal vadovaujamo darbo patirtį (metais):</w:t>
+        <w:t xml:space="preserve"> (A2 lygis) pareiginės algos minimalus koeficientas nustatomas vadovaujantis DAĮ 1 priedu, o maksimalūs koeficientai nustatomi pagal vadovaujamo darbo patirtį (metais):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FDB3A30" w14:textId="77777777" w:rsidR="00D96D1B" w:rsidRDefault="00D96D1B" w:rsidP="00E5635D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -9092,101 +9170,101 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="19B56F5A" w14:textId="77777777" w:rsidR="00D96D1B" w:rsidRDefault="00D96D1B" w:rsidP="00E5635D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F3FBD76" w14:textId="3E937306" w:rsidR="00BC03BF" w:rsidRDefault="00BC03BF" w:rsidP="00576037">
+    <w:p w14:paraId="2F3FBD76" w14:textId="774DF874" w:rsidR="00BC03BF" w:rsidRDefault="00BC03BF" w:rsidP="00576037">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC03BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00DD06FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC03BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Lopšelio-darželio specialistų (A ir B lygio) ir kvalifikuotų darbuotojų (C lygio) pareiginės algos minimalus koeficientas nustatomas, vadovaujantis DAĮ 1 priedu (ne mažesnis kaip iki 2023-12-31 mokėtas atlygis be kintamosios dalies),</w:t>
+        <w:t>. Lopšelio-darželio specialistų (A ir B lygio) ir kvalifikuotų darbuotojų (C lygio) pareiginės algos minimalus koeficientas nustatomas, vadovaujantis DAĮ 1 priedu,</w:t>
       </w:r>
       <w:r w:rsidR="000F5035">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC03BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">o maksimalūs koeficientai nustatomi pagal pareigybės lygį ir profesinio darbo patirtį (metais): </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DE09CD6" w14:textId="0BDD3893" w:rsidR="00BC03BF" w:rsidRDefault="00BC03BF" w:rsidP="00576037">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
@@ -9665,1056 +9743,1099 @@
       <w:r w:rsidR="0011747F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC03BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (C lygis)</w:t>
       </w:r>
       <w:r w:rsidR="0011747F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BA73255" w14:textId="77777777" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="00E5635D">
+    <w:p w14:paraId="4D478458" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="00EE2FCB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1422"/>
         <w:gridCol w:w="1484"/>
         <w:gridCol w:w="1484"/>
         <w:gridCol w:w="1392"/>
         <w:gridCol w:w="1393"/>
         <w:gridCol w:w="1393"/>
         <w:gridCol w:w="1394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0011747F" w14:paraId="0FFD9DA0" w14:textId="77777777" w:rsidTr="0011747F">
+      <w:tr w:rsidR="00EE2FCB" w14:paraId="0B2C36E5" w14:textId="77777777" w:rsidTr="003E3727">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1422" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="51AB0D22" w14:textId="5001C81D" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="4BACF51E" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pareigybės lygis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2A23B1C9" w14:textId="0656CA7C" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="45444EDF" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Minimalus koeficientas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="36683D18" w14:textId="482967FC" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="6892AC15" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Maksimalus koeficientas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="418E6D23" w14:textId="2C900ECD" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="5DE0911F" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pareiginės algos koeficientai atsižvelgiant į profesinio darbo patirtį (metais)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0011747F" w14:paraId="298AC8B6" w14:textId="77777777" w:rsidTr="0011747F">
+      <w:tr w:rsidR="00EE2FCB" w14:paraId="6CA5C39B" w14:textId="77777777" w:rsidTr="003E3727">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1422" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0F94C8A9" w14:textId="77777777" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="3A42A07F" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="59E2C473" w14:textId="77777777" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="2913EF8C" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6B974D6F" w14:textId="77777777" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="7CD9854E" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26829D7A" w14:textId="22EC6AFB" w:rsidR="0011747F" w:rsidRPr="005A6CFD" w:rsidRDefault="005A6CFD" w:rsidP="0011747F">
+          <w:p w14:paraId="3FDBEB0F" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="005A6CFD" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A6CFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>iki 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BE0186D" w14:textId="27E992EF" w:rsidR="0011747F" w:rsidRPr="005A6CFD" w:rsidRDefault="005A6CFD" w:rsidP="0011747F">
+          <w:p w14:paraId="72D583AD" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="005A6CFD" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A6CFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 2 iki 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F15F5E5" w14:textId="107E71C8" w:rsidR="0011747F" w:rsidRPr="005A6CFD" w:rsidRDefault="005A6CFD" w:rsidP="0011747F">
+          <w:p w14:paraId="04296CE7" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="005A6CFD" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A6CFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 5 iki 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68874C66" w14:textId="7A7C7C0B" w:rsidR="0011747F" w:rsidRPr="005A6CFD" w:rsidRDefault="005A6CFD" w:rsidP="0011747F">
+          <w:p w14:paraId="44438082" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="005A6CFD" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A6CFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>daugiau kaip 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0011747F" w14:paraId="2F84A1F6" w14:textId="77777777" w:rsidTr="0011747F">
+      <w:tr w:rsidR="00EE2FCB" w:rsidRPr="00EE2FCB" w14:paraId="1DC144CF" w14:textId="77777777" w:rsidTr="003E3727">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1422" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C42B7EC" w14:textId="045EBC71" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="2E4DFCFB" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EE2FCB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A lygis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3696AF5A" w14:textId="4135AD4B" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="00EF03C7" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>0,7</w:t>
+            <w:r w:rsidRPr="00EE2FCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DD1E8A2" w14:textId="1E2FA70F" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="6C708D8E" w14:textId="5244FC4E" w:rsidR="00EE2FCB" w:rsidRPr="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>1,</w:t>
+            <w:r w:rsidRPr="00EE2FCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1,5</w:t>
             </w:r>
-            <w:r w:rsidR="00B73688">
+            <w:r w:rsidR="005A615D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34F37D7E" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE2FCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,76-1,05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C22285B" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE2FCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,85-1,20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4573263E" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE2FCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,95-1,35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8EE3AD" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE2FCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1,05-1,50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE2FCB" w:rsidRPr="00EE2FCB" w14:paraId="1367B0C1" w14:textId="77777777" w:rsidTr="003E3727">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1422" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A796E7A" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE2FCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>B lygis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F8FF76B" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE2FCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11138716" w14:textId="6A156808" w:rsidR="00EE2FCB" w:rsidRPr="008F3982" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F3982">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1,2</w:t>
+            </w:r>
+            <w:r w:rsidR="005A615D" w:rsidRPr="008F3982">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08D67FFF" w14:textId="5C219AFE" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="353207D9" w14:textId="25AC001C" w:rsidR="00EE2FCB" w:rsidRPr="008F3982" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011747F">
-[...5 lines deleted...]
-              <w:t>0,7-1,16</w:t>
+            <w:r w:rsidRPr="008F3982">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,73-0,9</w:t>
+            </w:r>
+            <w:r w:rsidR="005A615D" w:rsidRPr="008F3982">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27F917C1" w14:textId="29C04C41" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="5B63D3CA" w14:textId="376E5074" w:rsidR="00EE2FCB" w:rsidRPr="008F3982" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011747F">
-[...5 lines deleted...]
-              <w:t>0,75-1,27</w:t>
+            <w:r w:rsidRPr="008F3982">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,80-1,</w:t>
+            </w:r>
+            <w:r w:rsidR="005A615D" w:rsidRPr="008F3982">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A1110D8" w14:textId="373B128A" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="1FC0E2EC" w14:textId="286BBDA0" w:rsidR="00EE2FCB" w:rsidRPr="008F3982" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011747F">
-[...5 lines deleted...]
-              <w:t>0,8</w:t>
+            <w:r w:rsidRPr="008F3982">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,90-1,</w:t>
             </w:r>
-            <w:r w:rsidR="00B73688">
-[...13 lines deleted...]
-              <w:t>1,34</w:t>
+            <w:r w:rsidR="005A615D" w:rsidRPr="008F3982">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BBFFE1F" w14:textId="61D90707" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="45CE38D9" w14:textId="34815564" w:rsidR="00EE2FCB" w:rsidRPr="008F3982" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011747F">
-[...5 lines deleted...]
-              <w:t>0,85-1,</w:t>
+            <w:r w:rsidRPr="008F3982">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1,00-1,2</w:t>
             </w:r>
-            <w:r w:rsidR="00B73688">
+            <w:r w:rsidR="005A615D" w:rsidRPr="008F3982">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0011747F" w14:paraId="60B1AA98" w14:textId="77777777" w:rsidTr="0011747F">
+      <w:tr w:rsidR="00EE2FCB" w:rsidRPr="00EE2FCB" w14:paraId="63D02654" w14:textId="77777777" w:rsidTr="003E3727">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1422" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E4624C6" w14:textId="37E945BF" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="0BF4A060" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...214 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00EE2FCB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C lygis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D93805D" w14:textId="686F9934" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="42B9488F" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>0,64</w:t>
+            <w:r w:rsidRPr="00EE2FCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EB03818" w14:textId="55C529C5" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="59216CF1" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="008F3982" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-              <w:t>9</w:t>
+            <w:r w:rsidRPr="008F3982">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1964AF10" w14:textId="6EEA5ACA" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="725D2EF7" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="008F3982" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011747F">
-[...5 lines deleted...]
-              <w:t>0,64-0,86</w:t>
+            <w:r w:rsidRPr="008F3982">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,71-0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="469CB115" w14:textId="48B81AD2" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="7BDFBCA0" w14:textId="373DB2EA" w:rsidR="00EE2FCB" w:rsidRPr="008F3982" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011747F">
-[...5 lines deleted...]
-              <w:t>0,66-0,9</w:t>
+            <w:r w:rsidRPr="008F3982">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,7</w:t>
+            </w:r>
+            <w:r w:rsidR="005A615D" w:rsidRPr="008F3982">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F3982">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-0,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04425C48" w14:textId="60242E03" w:rsidR="0011747F" w:rsidRDefault="0011747F" w:rsidP="0011747F">
+          <w:p w14:paraId="515452EA" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="008F3982" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011747F">
-[...5 lines deleted...]
-              <w:t>0,68-0,94</w:t>
+            <w:r w:rsidRPr="008F3982">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,85-0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00DAEDFB" w14:textId="425993B2" w:rsidR="0011747F" w:rsidRDefault="005A6CFD" w:rsidP="0011747F">
+          <w:p w14:paraId="2AFDC08A" w14:textId="4EA52559" w:rsidR="00EE2FCB" w:rsidRPr="008F3982" w:rsidRDefault="00EE2FCB" w:rsidP="003E3727">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A6CFD">
-[...5 lines deleted...]
-              <w:t>0,7-0,9</w:t>
+            <w:r w:rsidRPr="008F3982">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,</w:t>
             </w:r>
-            <w:r w:rsidR="00B73688">
-[...5 lines deleted...]
-              <w:t>9</w:t>
+            <w:r w:rsidR="00ED209B" w:rsidRPr="008F3982">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>89</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F3982">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-1,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="74E7E807" w14:textId="77777777" w:rsidR="003E78FC" w:rsidRDefault="003E78FC" w:rsidP="0011747F">
+    <w:p w14:paraId="435B4732" w14:textId="77777777" w:rsidR="00EE2FCB" w:rsidRPr="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="00EE2FCB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE2FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>*Konkrečiam darbuotojui pareiginės algos koeficientas nustatomas šiame intervale, atsižvelgiant į jo profesinio darbo patirtį, funkcijų sudėtingumą, atsakomybės lygį ir veiklos vertinimo rezultatus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A60E3EE" w14:textId="5FE5667E" w:rsidR="00EE2FCB" w:rsidRPr="00EE2FCB" w:rsidRDefault="00EE2FCB" w:rsidP="00576037">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19288776" w14:textId="6FA6632F" w:rsidR="006C2E1F" w:rsidRDefault="005A6CFD" w:rsidP="00576037">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11600,51 +11721,72 @@
       <w:r w:rsidRPr="005A6CFD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00DD06FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="005A6CFD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Darbuotojui įgijus aukštesnę kvalifikaciją, Lopšelio-darželio direktoriaus sprendimu tokiam darbuotojui gali būti mokamas didesnis darbo užmokestis arba pritaikytas didesnis darbo apmokėjimo koeficientas. Esant laisvoms darbo vietoms, kurioms keliami aukštesni reikalavimai, tokios darbo vietos pirmiausia pasiūlomos Lopšelio-darželio darbuotojams, įgijusiems aukštesnę kvalifikaciją.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4219D9BD" w14:textId="77777777" w:rsidR="003E78FC" w:rsidRDefault="003E78FC" w:rsidP="00E5635D">
+    <w:p w14:paraId="4219D9BD" w14:textId="2DDD0C33" w:rsidR="003E78FC" w:rsidRDefault="003E78FC" w:rsidP="00E5635D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1429D799" w14:textId="77777777" w:rsidR="005E7688" w:rsidRDefault="005E7688" w:rsidP="00E5635D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33FB589E" w14:textId="77777777" w:rsidR="00B767D0" w:rsidRDefault="00B767D0" w:rsidP="00B767D0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
@@ -11652,50 +11794,51 @@
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B767D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">VI SKYRIUS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EEA5E05" w14:textId="32DBC402" w:rsidR="00B767D0" w:rsidRDefault="00B767D0" w:rsidP="00B767D0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -11816,60 +11959,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B767D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00DD06FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00B767D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Už darbą poilsio ir švenčių dienomis, nakties, viršvalandinį darbą ir budėjimą apmokama vadovaujantis Biudžetinių įstaigų darbuotojų darbo apmokėjimo ir komisijų narių </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">atlygio už darbą įstatymu bei Darbo kodekso nustatyta tvarka. </w:t>
+        <w:t xml:space="preserve">. Už darbą poilsio ir švenčių dienomis, nakties, viršvalandinį darbą ir budėjimą apmokama vadovaujantis Biudžetinių įstaigų darbuotojų darbo apmokėjimo ir komisijų narių atlygio už darbą įstatymu bei Darbo kodekso nustatyta tvarka. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="066F38A6" w14:textId="019C3284" w:rsidR="00B767D0" w:rsidRDefault="00B767D0" w:rsidP="00576037">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12576,51 +12710,60 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B767D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00DD06FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00B767D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Kasmetinių atostogų laiku darbuotojui paliekamas jo vidutinis darbo užmokestis. Laikotarpis, iš kurio skaičiuojamas vidutinis darbo užmokestis, yra 3 paskutiniai kalendoriniai mėnesiai, einantys prieš tą mėnesį, už kurį (ar jo dalį) mokamas vidutinis darbo užmokestis.</w:t>
+        <w:t xml:space="preserve">. Kasmetinių atostogų laiku darbuotojui paliekamas jo vidutinis darbo užmokestis. Laikotarpis, iš kurio skaičiuojamas vidutinis darbo užmokestis, yra 3 paskutiniai kalendoriniai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B767D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>mėnesiai, einantys prieš tą mėnesį, už kurį (ar jo dalį) mokamas vidutinis darbo užmokestis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45E8A2E3" w14:textId="42A1A8E0" w:rsidR="00B767D0" w:rsidRPr="00F95CBA" w:rsidRDefault="00F95CBA" w:rsidP="00F25DDA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12772,60 +12915,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B767D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00DD06FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00B767D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Darbuotojams, kurie dirba pagal pagrindinę darbo sutartį ir susitarimą dėl papildomo </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">darbo, kasmetinės atostogos suteikiamos kartu abiejose pareigybėse. </w:t>
+        <w:t xml:space="preserve">. Darbuotojams, kurie dirba pagal pagrindinę darbo sutartį ir susitarimą dėl papildomo darbo, kasmetinės atostogos suteikiamos kartu abiejose pareigybėse. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FB6A503" w14:textId="1577BEAA" w:rsidR="00B767D0" w:rsidRDefault="00B767D0" w:rsidP="00F25DDA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13735,50 +13869,51 @@
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B767D0" w:rsidRPr="00B767D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00DD06FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00B767D0" w:rsidRPr="00B767D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.4. įprastą darbo krūvį viršijančią veiklą, kai yra padidėjęs darbų mastas, atliekant pareigybės aprašyme nustatytas funkcijas, bet neviršija</w:t>
@@ -13953,60 +14088,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B767D0" w:rsidRPr="00B767D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00DD06FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00B767D0" w:rsidRPr="00B767D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.7. mokymų bendruomenės nariams organizavimą, metodinės medžiagos parengimą, </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">miesto, šalies, tarptautinių projektų inicijavimą ir koordinavimą – vienkartinė arba nustatytą laikotarpį trunkanti iki 30 procentų pareiginės algos dydžio priemoka; </w:t>
+        <w:t xml:space="preserve">.7. mokymų bendruomenės nariams organizavimą, metodinės medžiagos parengimą, miesto, šalies, tarptautinių projektų inicijavimą ir koordinavimą – vienkartinė arba nustatytą laikotarpį trunkanti iki 30 procentų pareiginės algos dydžio priemoka; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F52060" w14:textId="7CE264A9" w:rsidR="00412B4D" w:rsidRDefault="00412B4D" w:rsidP="00F25DDA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14875,51 +15001,60 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00412B4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00DD06FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00412B4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.4. išieškoti atostoginiams už suteiktas atostogas, viršijančias įgytą teisę į visos trukmės ar dalies kasmetines atostogas, darbo sutartį nutraukus darbuotojo iniciatyva be svarbių priežasčių arba dėl darbuotojo kaltės darbdavio iniciatyva; </w:t>
+        <w:t xml:space="preserve">.4. išieškoti atostoginiams už suteiktas atostogas, viršijančias įgytą teisę į visos trukmės ar dalies kasmetines atostogas, darbo sutartį nutraukus darbuotojo iniciatyva be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00412B4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">svarbių priežasčių arba dėl darbuotojo kaltės darbdavio iniciatyva; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4106E2EE" w14:textId="2269FCC4" w:rsidR="00412B4D" w:rsidRDefault="00412B4D" w:rsidP="00933347">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15036,51 +15171,50 @@
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00412B4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>XI SKYRIUS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BF55FED" w14:textId="69CC3F68" w:rsidR="003E78FC" w:rsidRPr="00412B4D" w:rsidRDefault="00412B4D" w:rsidP="00412B4D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -15682,138 +15816,132 @@
     </w:p>
     <w:p w14:paraId="7AD344D7" w14:textId="38952A97" w:rsidR="00A018DA" w:rsidRDefault="00DD06FF" w:rsidP="00A018DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>70</w:t>
       </w:r>
       <w:r w:rsidR="00A018DA" w:rsidRPr="00A018DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Lopšelio-darželio darbuotojų, išskyrus biudžetinės įstaigos vadovą, veiklos vertinimo tikslas – nustatyta tvarka įvertinti jų kompetenciją (įgūdžius, žinias, gebėjimus) ir pasiektus veiklos rezultatus. Vertinamiems </w:t>
+        <w:t xml:space="preserve">. Lopšelio-darželio darbuotojų, išskyrus biudžetinės įstaigos vadovą, veiklos vertinimo tikslas – nustatyta tvarka įvertinti jų kompetenciją (įgūdžius, žinias, gebėjimus) ir pasiektus </w:t>
+      </w:r>
+      <w:r w:rsidR="00A018DA" w:rsidRPr="00A018DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>veiklos rezultatus.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00A018DA" w:rsidRPr="00A018DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vertinamiems </w:t>
       </w:r>
       <w:r w:rsidR="00933347">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>darbuotojams: pavaduotojui ūkio</w:t>
       </w:r>
       <w:r w:rsidR="00A018DA" w:rsidRPr="00A018DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> reikalams, mokytojo padėjėjams, mokinio padėjėjams, specialistams (A ir B lygio), kvalifikuotiems darbuotojams (C lygio) veiklos vertinimas atliekamas vadovaujantis Valstybės ir savivaldybių įstaigų darbuotojų veiklos vertinimo tvarkos aprašo, patvirtinto Lietuvos Respublikos Vyriausybės 2017 m. balandžio 5 d. nutarimu Nr. 254 „Dėl Valstybės ir savivaldybių įstaigų darbuotojų veiklos vertinimo tvarkos aprašo patvirtinimo“, nustatyta tvarka.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DFED9A0" w14:textId="03AC617C" w:rsidR="00A018DA" w:rsidRDefault="00DD06FF" w:rsidP="00A018DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>71</w:t>
       </w:r>
       <w:r w:rsidR="00A018DA" w:rsidRPr="00A018DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Pavaduotojų ugdymui veiklos vertinimas atliekamas vadovaujantis Lietuvos Respublikos švietimo, mokslo ir sporto ministro 2021 m. sausio 11 d. įsakymo Nr. V 48 </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="52F0A6CB" w14:textId="1E76BF1D" w:rsidR="00A018DA" w:rsidRDefault="00A018DA" w:rsidP="00A018DA">
+        <w:t>. Pavaduotojų ugdymui veiklos vertinimas atliekamas vadovaujantis Lietuvos Respublikos švietimo, mokslo ir sporto ministro 2021 m. sausio 11 d. įsakymo Nr. V 48 redakcijos „Valstybinių ir savivaldybių švietimo įstaigų (išskyrus aukštąsias mokyklas) vadovų, jų pavaduotojų ugdymui, ugdymą organizuojančių skyrių vedėjų veiklos vertinimo nuostatais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08F878D6" w14:textId="77777777" w:rsidR="00A66739" w:rsidRDefault="00A66739" w:rsidP="00A018DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A018DA">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">. Kintamoji darbo užmokesčio dalis, po 2025 metais atlikto kasmetinio darbuotojų veiklos vertinimo už 2024 metus, darbuotojams nebus taikoma. Darbuotojų pareiginė alga negali būti mažesnė negu 2024 metais gauta pareiginė alga kartu su kintamąją dalimi, išskyrus atvejį, kai darbuotojų veikla už 2024 metus įvertinama kaip neatitinkanti lūkesčių ir jiems, atsižvelgiant į sistemos nuostatas, nustatomas mažesnis pareiginės algos koeficientas. Šiuo atveju apskaičiuojant darbuotojų pareiginę algą taikomas po 2025 metais atlikto kasmetinio veiklos vertinimo nustatytas pareiginės algos koeficientas ir 2024 metais gauta kintamoji dalis. </w:t>
+      <w:r w:rsidRPr="00A66739">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>72. Pareiginės algos koeficientas darbuotojams nustatomas atsižvelgiant į darbuotojų veiklos vertinimo rezultatus. Atskiros kintamosios darbo užmokesčio dalys Sistemoje nenustatomos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D7BEC13" w14:textId="05C144D9" w:rsidR="00A018DA" w:rsidRDefault="00A018DA" w:rsidP="00A018DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A018DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00DD06FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -16444,84 +16572,110 @@
       <w:r w:rsidRPr="00A018DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00DD06FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A018DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Įstaigos direktorius sprendimą dėl tiesioginio vadovo pateikto pasiūlymo įgyvendinimo priima ne vėliau kaip per 5 darbo dienas, pasibaigus darbuotojo kasmetinio veiklos vertinimo terminui. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63D0E393" w14:textId="5855D145" w:rsidR="00A018DA" w:rsidRDefault="00A018DA" w:rsidP="00A018DA">
+    <w:p w14:paraId="63D0E393" w14:textId="59134CA3" w:rsidR="00A018DA" w:rsidRDefault="00A018DA" w:rsidP="00A018DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A018DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00DD06FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00A018DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Priėmus sprendimą įgyvendinti pateiktą pasiūlymą (išskyrus pasiūlymą suteikti iki 5 mokamų papildomų poilsio dienų arba atitinkamai sutrumpinti darbo laiką bei pasiūlymą finansuoti kvalifikacijos tobulinimą, skiriant ne didesnę kaip įstaigos vadovo ar valstybės tarnautojo arba darbuotojo vienos pareiginės algos dydžio sumą per metus), jis įgyvendinamas ne vėliau kaip per 2 mėnesius nuo šio sprendimo priėmimo dienos. </w:t>
       </w:r>
+      <w:r w:rsidR="007B3D56" w:rsidRPr="007B3D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3D56" w:rsidRPr="00146468">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jeigu, įvertinus darbuotojo </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3D56" w:rsidRPr="00146468">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>veiklą, nustatomas didesnis ar mažesnis pareiginės algos koeficientas, šis pakeitimas įforminamas darbo sutarties pakeitimu Darbo kodekso nustatyta tvarka.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0F4B30EC" w14:textId="77777777" w:rsidR="00A018DA" w:rsidRDefault="00A018DA" w:rsidP="00A018DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2852D631" w14:textId="0CEFE7C7" w:rsidR="00A018DA" w:rsidRPr="00A018DA" w:rsidRDefault="00A018DA" w:rsidP="00A018DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A018DA">
         <w:rPr>
@@ -16564,51 +16718,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EFFCEA8" w14:textId="0CEAF69B" w:rsidR="00A018DA" w:rsidRDefault="00451D7A" w:rsidP="00A018DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00DD06FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00A018DA" w:rsidRPr="00A018DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Lopšelio-darželio darbuotojų darbo užmokesčio dydis tikslinamas kiekvienais mokslo metais ir / ar pasikeitus teisės aktams, atitinkamai sistema peržiūrima ne rečiau kaip vieną kartą metuose arba pagal poreikį. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44F4BF59" w14:textId="25AB1320" w:rsidR="00A018DA" w:rsidRDefault="00451D7A" w:rsidP="00A018DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -16635,102 +16788,121 @@
       <w:r w:rsidR="00A018DA" w:rsidRPr="00A018DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Sistema patvirtinta atlikus informavimo ir kons</w:t>
       </w:r>
       <w:r w:rsidR="007B349D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ultavimo procedūras su Lopšelio-</w:t>
       </w:r>
       <w:r w:rsidR="00A018DA" w:rsidRPr="00A018DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>darželio profesine sąjunga, laikantis lyčių lygybės ir nediskriminavimo kitais pagrindais principų.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E1C8979" w14:textId="51DA3013" w:rsidR="00451D7A" w:rsidRDefault="00451D7A" w:rsidP="00A018DA">
+    <w:p w14:paraId="380A5C4A" w14:textId="77777777" w:rsidR="00CD41E9" w:rsidRDefault="00AE16C4" w:rsidP="00A018DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-    <w:p w14:paraId="3DE18543" w14:textId="36AA14A7" w:rsidR="00451D7A" w:rsidRDefault="00DD06FF" w:rsidP="00A018DA">
+      <w:r w:rsidRPr="00AE16C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>79. Šioje darbo apmokėjimo sistemoje pareiginių algų koeficientų struktūra buvo formuojama atsižvelgiant į iki 2023 m. gruodžio 31 d. Lopšelio-darželio darbuotojams taikytą darbo užmokesčio dydį, įskaitant iki tol taikytą kintamąją darbo užmokesčio dalį, kuri pereinamuoju laikotarpiu buvo integruota į pareiginės algos koeficientą, siekiant užtikrinti darbuotojų teisėtų lūkesčių apsaugą. Ši nuostata nėra taikoma kaip savarankiškas kriterijus nustatant ar keičiant pareiginės algos koeficientus po 2026 m. sausio 1 d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E1C8979" w14:textId="108777C4" w:rsidR="00451D7A" w:rsidRDefault="00122E48" w:rsidP="00A018DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>80</w:t>
+      </w:r>
+      <w:r w:rsidR="00A018DA" w:rsidRPr="00A018DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Visi Lopšelio-darželio darbuotojai ir kiti atsakingi asmenys su šia sistema yra supažindinami elektroniniu paštu ir privalo laikytis joje nustatytų įpareigojimų bei atlikdami savo darbo funkcijas vadovautis sistemoje nustatytais principais. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE18543" w14:textId="74EEF01C" w:rsidR="00451D7A" w:rsidRDefault="00DD06FF" w:rsidP="00A018DA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00122E48">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00A018DA" w:rsidRPr="00A018DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Lopšelio-darželio direktorius turi teisę iš dalies arba visiškai pakeisti šią sistemą, su pakeitimais supažindinant visus darbuotojus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37D22650" w14:textId="0FC2273F" w:rsidR="00A018DA" w:rsidRPr="00A018DA" w:rsidRDefault="00A018DA" w:rsidP="00451D7A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A018DA">
         <w:rPr>
@@ -16853,151 +17025,183 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00451D7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Klaipėdos r. Gargždų lopšelio-darželio „Saulutė“ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="742E8F32" w14:textId="768772B0" w:rsidR="00451D7A" w:rsidRPr="00F25501" w:rsidRDefault="00451D7A" w:rsidP="00451D7A">
+    <w:p w14:paraId="742E8F32" w14:textId="29ECC047" w:rsidR="00451D7A" w:rsidRPr="00F25501" w:rsidRDefault="00451D7A" w:rsidP="00451D7A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00451D7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">profesinės organizacijos </w:t>
       </w:r>
       <w:r w:rsidRPr="00F25501">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2025-09-</w:t>
-[...7 lines deleted...]
-        <w:t>02</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F25501">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008F3982">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25501">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008F3982">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25501">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A7C2B71" w14:textId="07D280DB" w:rsidR="00412B4D" w:rsidRPr="00F25501" w:rsidRDefault="00451D7A" w:rsidP="00451D7A">
+    <w:p w14:paraId="6A7C2B71" w14:textId="53795847" w:rsidR="00412B4D" w:rsidRPr="00F25501" w:rsidRDefault="00451D7A" w:rsidP="00451D7A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F25501">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>protokoliniu nutarimu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F25501">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nr. PO-</w:t>
       </w:r>
-      <w:r w:rsidR="00F25501" w:rsidRPr="00F25501">
+      <w:r w:rsidR="008F3982">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>15</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E6E962C" w14:textId="77777777" w:rsidR="00412B4D" w:rsidRDefault="00412B4D" w:rsidP="00E5635D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="019D86FC" w14:textId="77777777" w:rsidR="003C7836" w:rsidRPr="00F07653" w:rsidRDefault="003C7836" w:rsidP="00F07653">
@@ -17011,90 +17215,90 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003C7836" w:rsidRPr="00F07653" w:rsidSect="00EB43A2">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="851" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="1296"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73D78762" w14:textId="77777777" w:rsidR="00996C39" w:rsidRDefault="00996C39">
+    <w:p w14:paraId="187EA4B7" w14:textId="77777777" w:rsidR="003314C5" w:rsidRDefault="003314C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5BD345AF" w14:textId="77777777" w:rsidR="00996C39" w:rsidRDefault="00996C39">
+    <w:p w14:paraId="03DBCFF0" w14:textId="77777777" w:rsidR="003314C5" w:rsidRDefault="003314C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -17154,140 +17358,140 @@
   <w:p w14:paraId="466F726F" w14:textId="77777777" w:rsidR="00933347" w:rsidRDefault="00933347">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17EF14B8" w14:textId="77777777" w:rsidR="00996C39" w:rsidRDefault="00996C39">
+    <w:p w14:paraId="0DB69770" w14:textId="77777777" w:rsidR="003314C5" w:rsidRDefault="003314C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F988F6C" w14:textId="77777777" w:rsidR="00996C39" w:rsidRDefault="00996C39">
+    <w:p w14:paraId="11368A5B" w14:textId="77777777" w:rsidR="003314C5" w:rsidRDefault="003314C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="2E23E9FA" w14:textId="77777777" w:rsidR="00933347" w:rsidRDefault="00933347">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="04C9D102" w14:textId="3EB6D636" w:rsidR="00933347" w:rsidRDefault="00933347">
+  <w:p w14:paraId="04C9D102" w14:textId="49F76782" w:rsidR="00933347" w:rsidRDefault="00933347">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00F960F2">
+    <w:r w:rsidR="007D78AE">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>14</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="7B4E38CC" w14:textId="77777777" w:rsidR="00933347" w:rsidRDefault="00933347">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
@@ -18224,431 +18428,474 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00541D14"/>
+    <w:rsid w:val="00007354"/>
     <w:rsid w:val="00012350"/>
+    <w:rsid w:val="00020B86"/>
     <w:rsid w:val="00026E91"/>
     <w:rsid w:val="00030036"/>
     <w:rsid w:val="00047715"/>
     <w:rsid w:val="00052DFA"/>
     <w:rsid w:val="00064131"/>
+    <w:rsid w:val="0006471F"/>
     <w:rsid w:val="000654F0"/>
     <w:rsid w:val="000819E9"/>
     <w:rsid w:val="00085E74"/>
     <w:rsid w:val="0009162F"/>
     <w:rsid w:val="000A1412"/>
     <w:rsid w:val="000A5DB1"/>
     <w:rsid w:val="000A611B"/>
     <w:rsid w:val="000D05A1"/>
+    <w:rsid w:val="000E0EB9"/>
     <w:rsid w:val="000E37DB"/>
     <w:rsid w:val="000F0BC9"/>
     <w:rsid w:val="000F23DE"/>
     <w:rsid w:val="000F5035"/>
     <w:rsid w:val="00101EBD"/>
+    <w:rsid w:val="001028B0"/>
     <w:rsid w:val="00117241"/>
     <w:rsid w:val="0011747F"/>
+    <w:rsid w:val="00122E48"/>
     <w:rsid w:val="0012697B"/>
     <w:rsid w:val="0012703E"/>
     <w:rsid w:val="00127FAE"/>
     <w:rsid w:val="001314F7"/>
     <w:rsid w:val="001354B6"/>
     <w:rsid w:val="00144085"/>
+    <w:rsid w:val="00146468"/>
     <w:rsid w:val="00146DDD"/>
     <w:rsid w:val="0015081E"/>
     <w:rsid w:val="001513F5"/>
+    <w:rsid w:val="001552AE"/>
     <w:rsid w:val="00157DB3"/>
     <w:rsid w:val="00160A7C"/>
+    <w:rsid w:val="00182A0D"/>
     <w:rsid w:val="00182E2D"/>
     <w:rsid w:val="0019247A"/>
     <w:rsid w:val="001A25AD"/>
     <w:rsid w:val="001B67D6"/>
     <w:rsid w:val="001D4B62"/>
     <w:rsid w:val="001E7FAD"/>
     <w:rsid w:val="001F44F0"/>
     <w:rsid w:val="001F7625"/>
     <w:rsid w:val="002217CD"/>
     <w:rsid w:val="002258E1"/>
     <w:rsid w:val="00231F0E"/>
     <w:rsid w:val="00232A17"/>
     <w:rsid w:val="00235A9E"/>
     <w:rsid w:val="00252556"/>
     <w:rsid w:val="00257954"/>
     <w:rsid w:val="002623E1"/>
     <w:rsid w:val="002633DE"/>
     <w:rsid w:val="00271681"/>
     <w:rsid w:val="002775A4"/>
+    <w:rsid w:val="002944B3"/>
     <w:rsid w:val="002B03AB"/>
     <w:rsid w:val="002B509C"/>
     <w:rsid w:val="002B68EB"/>
     <w:rsid w:val="002C3093"/>
     <w:rsid w:val="002D2563"/>
     <w:rsid w:val="002D46E5"/>
     <w:rsid w:val="002E110B"/>
     <w:rsid w:val="002E3CF7"/>
     <w:rsid w:val="002E6CF8"/>
     <w:rsid w:val="002F0BE7"/>
     <w:rsid w:val="002F7342"/>
     <w:rsid w:val="00301741"/>
     <w:rsid w:val="003053E7"/>
     <w:rsid w:val="00310F90"/>
     <w:rsid w:val="00314951"/>
+    <w:rsid w:val="003314C5"/>
     <w:rsid w:val="00332502"/>
+    <w:rsid w:val="0033352D"/>
     <w:rsid w:val="003344F5"/>
     <w:rsid w:val="0033475F"/>
     <w:rsid w:val="003355BD"/>
     <w:rsid w:val="0034264C"/>
     <w:rsid w:val="00344700"/>
     <w:rsid w:val="00347263"/>
     <w:rsid w:val="00354545"/>
     <w:rsid w:val="0038527B"/>
     <w:rsid w:val="0038543A"/>
     <w:rsid w:val="00387E9B"/>
     <w:rsid w:val="003C0AFA"/>
     <w:rsid w:val="003C7836"/>
     <w:rsid w:val="003E78FC"/>
     <w:rsid w:val="003F1A8A"/>
     <w:rsid w:val="00412B4D"/>
     <w:rsid w:val="004216A7"/>
+    <w:rsid w:val="00431003"/>
     <w:rsid w:val="00436D31"/>
     <w:rsid w:val="00450519"/>
     <w:rsid w:val="00451D7A"/>
     <w:rsid w:val="00461586"/>
+    <w:rsid w:val="00466F53"/>
     <w:rsid w:val="00495A0C"/>
     <w:rsid w:val="00496521"/>
     <w:rsid w:val="00497D31"/>
     <w:rsid w:val="004A4B46"/>
+    <w:rsid w:val="004B6D4A"/>
     <w:rsid w:val="004C283F"/>
     <w:rsid w:val="004D366C"/>
     <w:rsid w:val="004D5FD7"/>
     <w:rsid w:val="004D6A5B"/>
     <w:rsid w:val="004F491B"/>
+    <w:rsid w:val="004F7FF4"/>
     <w:rsid w:val="00503B17"/>
     <w:rsid w:val="005264B9"/>
     <w:rsid w:val="00541D14"/>
     <w:rsid w:val="0054388B"/>
     <w:rsid w:val="005440C5"/>
     <w:rsid w:val="00545A8D"/>
     <w:rsid w:val="00550F5F"/>
     <w:rsid w:val="00566B58"/>
     <w:rsid w:val="005757D9"/>
     <w:rsid w:val="00576037"/>
+    <w:rsid w:val="00587CC8"/>
     <w:rsid w:val="00590107"/>
     <w:rsid w:val="0059110F"/>
+    <w:rsid w:val="005A615D"/>
     <w:rsid w:val="005A6CFD"/>
     <w:rsid w:val="005B23C4"/>
     <w:rsid w:val="005B4127"/>
     <w:rsid w:val="005E0303"/>
     <w:rsid w:val="005E0FD3"/>
     <w:rsid w:val="005E6276"/>
+    <w:rsid w:val="005E7688"/>
     <w:rsid w:val="005F6E8B"/>
     <w:rsid w:val="00611E0D"/>
     <w:rsid w:val="00621088"/>
     <w:rsid w:val="00644A71"/>
     <w:rsid w:val="006617C2"/>
     <w:rsid w:val="00665590"/>
     <w:rsid w:val="00666773"/>
     <w:rsid w:val="00672628"/>
     <w:rsid w:val="00677362"/>
     <w:rsid w:val="006820CA"/>
     <w:rsid w:val="0068406B"/>
     <w:rsid w:val="0068718E"/>
     <w:rsid w:val="00687321"/>
     <w:rsid w:val="006918E5"/>
     <w:rsid w:val="00693055"/>
     <w:rsid w:val="00696A6F"/>
     <w:rsid w:val="006A38A3"/>
     <w:rsid w:val="006A5AF8"/>
     <w:rsid w:val="006C2E1F"/>
     <w:rsid w:val="006C60D1"/>
     <w:rsid w:val="006C6820"/>
     <w:rsid w:val="006D467C"/>
     <w:rsid w:val="006E1052"/>
     <w:rsid w:val="006F5637"/>
     <w:rsid w:val="00702CAD"/>
     <w:rsid w:val="007034F0"/>
     <w:rsid w:val="007102C9"/>
     <w:rsid w:val="007121F1"/>
     <w:rsid w:val="007138F2"/>
     <w:rsid w:val="007270B4"/>
     <w:rsid w:val="00733D89"/>
     <w:rsid w:val="00781578"/>
     <w:rsid w:val="00784999"/>
     <w:rsid w:val="00797421"/>
     <w:rsid w:val="007A34B9"/>
     <w:rsid w:val="007A76B0"/>
     <w:rsid w:val="007B349D"/>
     <w:rsid w:val="007B359D"/>
+    <w:rsid w:val="007B3D56"/>
     <w:rsid w:val="007B3D57"/>
     <w:rsid w:val="007B4AAE"/>
     <w:rsid w:val="007C7116"/>
     <w:rsid w:val="007D2FC6"/>
+    <w:rsid w:val="007D78AE"/>
     <w:rsid w:val="007E4341"/>
     <w:rsid w:val="007F0925"/>
     <w:rsid w:val="007F18AC"/>
     <w:rsid w:val="007F30B8"/>
     <w:rsid w:val="007F4DD2"/>
     <w:rsid w:val="007F6C4A"/>
     <w:rsid w:val="007F7153"/>
     <w:rsid w:val="00806EED"/>
     <w:rsid w:val="00821E4C"/>
     <w:rsid w:val="0082326B"/>
     <w:rsid w:val="008268B2"/>
+    <w:rsid w:val="008321C7"/>
     <w:rsid w:val="00835064"/>
     <w:rsid w:val="0084015E"/>
     <w:rsid w:val="008434CB"/>
     <w:rsid w:val="00854AD0"/>
     <w:rsid w:val="00855FC7"/>
     <w:rsid w:val="00872DB9"/>
     <w:rsid w:val="0088057B"/>
     <w:rsid w:val="00897E99"/>
     <w:rsid w:val="008A309A"/>
     <w:rsid w:val="008A4A9D"/>
     <w:rsid w:val="008A7837"/>
     <w:rsid w:val="008D1CE4"/>
     <w:rsid w:val="008D2E0E"/>
     <w:rsid w:val="008D706C"/>
     <w:rsid w:val="008E02F4"/>
+    <w:rsid w:val="008F3982"/>
     <w:rsid w:val="0090587F"/>
     <w:rsid w:val="00910033"/>
     <w:rsid w:val="009147EC"/>
     <w:rsid w:val="0092084F"/>
     <w:rsid w:val="0093235F"/>
     <w:rsid w:val="00933347"/>
     <w:rsid w:val="009363E3"/>
     <w:rsid w:val="0094062C"/>
     <w:rsid w:val="00940E3A"/>
     <w:rsid w:val="0094444C"/>
     <w:rsid w:val="00951AAC"/>
     <w:rsid w:val="009573F4"/>
     <w:rsid w:val="009602F9"/>
     <w:rsid w:val="009624E6"/>
     <w:rsid w:val="009666EE"/>
+    <w:rsid w:val="009667CE"/>
+    <w:rsid w:val="00970B90"/>
     <w:rsid w:val="00977347"/>
     <w:rsid w:val="00977FAA"/>
     <w:rsid w:val="00980DCB"/>
     <w:rsid w:val="00991F20"/>
-    <w:rsid w:val="00996C39"/>
     <w:rsid w:val="009A090D"/>
     <w:rsid w:val="009A5D17"/>
     <w:rsid w:val="009A5EA9"/>
     <w:rsid w:val="009A6F09"/>
     <w:rsid w:val="009B1030"/>
     <w:rsid w:val="009B5B2B"/>
     <w:rsid w:val="009C16F0"/>
     <w:rsid w:val="009C2918"/>
+    <w:rsid w:val="009C48DC"/>
     <w:rsid w:val="009C5A00"/>
     <w:rsid w:val="009D48D4"/>
     <w:rsid w:val="009D4F83"/>
     <w:rsid w:val="009D50F5"/>
     <w:rsid w:val="009D5B54"/>
     <w:rsid w:val="009E17C2"/>
     <w:rsid w:val="009E4A8E"/>
     <w:rsid w:val="00A018DA"/>
     <w:rsid w:val="00A10365"/>
     <w:rsid w:val="00A131BC"/>
     <w:rsid w:val="00A209BE"/>
     <w:rsid w:val="00A232DA"/>
     <w:rsid w:val="00A30C90"/>
     <w:rsid w:val="00A3466D"/>
     <w:rsid w:val="00A42DAC"/>
+    <w:rsid w:val="00A43EF1"/>
     <w:rsid w:val="00A45324"/>
     <w:rsid w:val="00A5004C"/>
     <w:rsid w:val="00A56052"/>
     <w:rsid w:val="00A56DF4"/>
     <w:rsid w:val="00A56EA0"/>
     <w:rsid w:val="00A57493"/>
+    <w:rsid w:val="00A66739"/>
+    <w:rsid w:val="00A71C3A"/>
     <w:rsid w:val="00A76888"/>
     <w:rsid w:val="00A8257D"/>
     <w:rsid w:val="00A84E4C"/>
     <w:rsid w:val="00A92095"/>
     <w:rsid w:val="00A928D9"/>
     <w:rsid w:val="00AA000A"/>
     <w:rsid w:val="00AA5AF4"/>
     <w:rsid w:val="00AC123F"/>
+    <w:rsid w:val="00AE16C4"/>
     <w:rsid w:val="00AE6EBE"/>
     <w:rsid w:val="00B101E6"/>
     <w:rsid w:val="00B21878"/>
     <w:rsid w:val="00B276E3"/>
     <w:rsid w:val="00B3031E"/>
     <w:rsid w:val="00B30B2B"/>
     <w:rsid w:val="00B311AA"/>
     <w:rsid w:val="00B36D13"/>
     <w:rsid w:val="00B40F47"/>
     <w:rsid w:val="00B50406"/>
     <w:rsid w:val="00B54C75"/>
     <w:rsid w:val="00B57867"/>
     <w:rsid w:val="00B73688"/>
     <w:rsid w:val="00B750D9"/>
     <w:rsid w:val="00B767D0"/>
     <w:rsid w:val="00B834F8"/>
     <w:rsid w:val="00B85634"/>
     <w:rsid w:val="00B9052B"/>
     <w:rsid w:val="00B90644"/>
     <w:rsid w:val="00B910D7"/>
     <w:rsid w:val="00BA71DE"/>
     <w:rsid w:val="00BB1FCA"/>
     <w:rsid w:val="00BB2322"/>
     <w:rsid w:val="00BB6877"/>
     <w:rsid w:val="00BC03BF"/>
     <w:rsid w:val="00BC51DE"/>
     <w:rsid w:val="00BD4300"/>
     <w:rsid w:val="00BD5CDF"/>
     <w:rsid w:val="00BE14CC"/>
     <w:rsid w:val="00BE2871"/>
     <w:rsid w:val="00BE3BAB"/>
     <w:rsid w:val="00BE743A"/>
     <w:rsid w:val="00BE76D2"/>
     <w:rsid w:val="00BE7B7B"/>
     <w:rsid w:val="00BE7C60"/>
     <w:rsid w:val="00BF7919"/>
     <w:rsid w:val="00C02606"/>
     <w:rsid w:val="00C13144"/>
     <w:rsid w:val="00C1558F"/>
     <w:rsid w:val="00C16431"/>
+    <w:rsid w:val="00C2014B"/>
     <w:rsid w:val="00C4196B"/>
     <w:rsid w:val="00C43160"/>
     <w:rsid w:val="00C467D9"/>
     <w:rsid w:val="00C75999"/>
     <w:rsid w:val="00C874A9"/>
     <w:rsid w:val="00C87CE2"/>
     <w:rsid w:val="00C92BD3"/>
     <w:rsid w:val="00C94A33"/>
     <w:rsid w:val="00CA2A0C"/>
     <w:rsid w:val="00CB2AF8"/>
     <w:rsid w:val="00CC6DC4"/>
+    <w:rsid w:val="00CD41E9"/>
     <w:rsid w:val="00CE50D6"/>
     <w:rsid w:val="00CE59EC"/>
     <w:rsid w:val="00CF21E9"/>
     <w:rsid w:val="00CF2B18"/>
     <w:rsid w:val="00CF7E86"/>
     <w:rsid w:val="00D0486C"/>
     <w:rsid w:val="00D048B1"/>
     <w:rsid w:val="00D06233"/>
     <w:rsid w:val="00D0748A"/>
+    <w:rsid w:val="00D25810"/>
     <w:rsid w:val="00D32DF1"/>
+    <w:rsid w:val="00D431F2"/>
     <w:rsid w:val="00D46F28"/>
     <w:rsid w:val="00D5025A"/>
+    <w:rsid w:val="00D50A7A"/>
     <w:rsid w:val="00D565C7"/>
     <w:rsid w:val="00D66E9E"/>
     <w:rsid w:val="00D70AEF"/>
+    <w:rsid w:val="00D74099"/>
     <w:rsid w:val="00D9676E"/>
     <w:rsid w:val="00D96D1B"/>
     <w:rsid w:val="00D97CEE"/>
     <w:rsid w:val="00DC03FD"/>
     <w:rsid w:val="00DD06FF"/>
     <w:rsid w:val="00DD5EA6"/>
     <w:rsid w:val="00DE32C5"/>
     <w:rsid w:val="00DE5B79"/>
     <w:rsid w:val="00E034EF"/>
     <w:rsid w:val="00E04CD0"/>
     <w:rsid w:val="00E10B0C"/>
     <w:rsid w:val="00E23848"/>
+    <w:rsid w:val="00E25A60"/>
     <w:rsid w:val="00E25FA8"/>
+    <w:rsid w:val="00E344BD"/>
     <w:rsid w:val="00E447C6"/>
     <w:rsid w:val="00E5635D"/>
     <w:rsid w:val="00E577C9"/>
     <w:rsid w:val="00E63F2D"/>
+    <w:rsid w:val="00E70082"/>
     <w:rsid w:val="00E740EF"/>
+    <w:rsid w:val="00EA3AFB"/>
     <w:rsid w:val="00EB43A2"/>
     <w:rsid w:val="00ED0686"/>
+    <w:rsid w:val="00ED209B"/>
     <w:rsid w:val="00ED66C1"/>
     <w:rsid w:val="00ED6E05"/>
+    <w:rsid w:val="00EE2FCB"/>
     <w:rsid w:val="00EE3B4C"/>
     <w:rsid w:val="00EE6C3E"/>
     <w:rsid w:val="00EE6E44"/>
     <w:rsid w:val="00EF0D80"/>
     <w:rsid w:val="00EF27A9"/>
     <w:rsid w:val="00EF3466"/>
     <w:rsid w:val="00F040A7"/>
     <w:rsid w:val="00F04C15"/>
     <w:rsid w:val="00F05CEF"/>
     <w:rsid w:val="00F07653"/>
+    <w:rsid w:val="00F17563"/>
     <w:rsid w:val="00F22D4D"/>
     <w:rsid w:val="00F25501"/>
     <w:rsid w:val="00F25DDA"/>
     <w:rsid w:val="00F317ED"/>
+    <w:rsid w:val="00F3385B"/>
     <w:rsid w:val="00F376BD"/>
     <w:rsid w:val="00F40EB1"/>
     <w:rsid w:val="00F469A7"/>
     <w:rsid w:val="00F53EF8"/>
     <w:rsid w:val="00F804EE"/>
     <w:rsid w:val="00F80F32"/>
     <w:rsid w:val="00F829AC"/>
     <w:rsid w:val="00F91A82"/>
     <w:rsid w:val="00F95CBA"/>
-    <w:rsid w:val="00F960F2"/>
     <w:rsid w:val="00F97C2E"/>
     <w:rsid w:val="00FA2CE8"/>
     <w:rsid w:val="00FA6DF3"/>
     <w:rsid w:val="00FC4031"/>
+    <w:rsid w:val="00FC599D"/>
     <w:rsid w:val="00FC6EC8"/>
     <w:rsid w:val="00FD26B0"/>
     <w:rsid w:val="00FF1678"/>
     <w:rsid w:val="00FF50B9"/>
     <w:rsid w:val="00FF5752"/>
     <w:rsid w:val="00FF78FD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
@@ -19655,73 +19902,73 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>21422</Words>
-  <Characters>12212</Characters>
+  <Words>21973</Words>
+  <Characters>12525</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>101</Lines>
-  <Paragraphs>67</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>68</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33567</CharactersWithSpaces>
+  <CharactersWithSpaces>34430</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SVECIAS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>