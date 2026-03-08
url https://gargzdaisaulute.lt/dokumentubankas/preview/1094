--- v0 (2025-10-22)
+++ v1 (2026-03-08)
@@ -1,187 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="55DB7CC0" w14:textId="49C4C4F5" w:rsidR="00A40B42" w:rsidRPr="00A40B42" w:rsidRDefault="00B13BD8" w:rsidP="00A40B42">
+    <w:p w14:paraId="55DB7CC0" w14:textId="1AF60892" w:rsidR="00A40B42" w:rsidRPr="00A40B42" w:rsidRDefault="00022E29" w:rsidP="00A40B42">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...70 lines deleted...]
-        <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64446726" wp14:editId="54227458">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64446726" wp14:editId="7F789422">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>8244205</wp:posOffset>
+              <wp:posOffset>8469630</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-792480</wp:posOffset>
+              <wp:posOffset>-334645</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1554480" cy="1659890"/>
-            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:extent cx="1065132" cy="1137360"/>
+            <wp:effectExtent l="0" t="0" r="1905" b="5715"/>
             <wp:wrapNone/>
             <wp:docPr id="200953532" name="irc_mi" descr="http://2.bp.blogspot.com/-S9UwiwDsiiQ/VfmbgRTJsaI/AAAAAAAAud4/apUuwxl_QUM/s1600/kids-eating-lunch-clipart.jpg">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId6"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId5"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="irc_mi" descr="http://2.bp.blogspot.com/-S9UwiwDsiiQ/VfmbgRTJsaI/AAAAAAAAud4/apUuwxl_QUM/s1600/kids-eating-lunch-clipart.jpg">
-                      <a:hlinkClick r:id="rId6"/>
+                      <a:hlinkClick r:id="rId5"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1554480" cy="1659890"/>
+                      <a:ext cx="1065132" cy="1137360"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00300B29">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="00300B29" w:rsidRPr="00300B29">
         <w:rPr>
@@ -209,74 +136,73 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05B76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1 savaitė</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11148" w:type="dxa"/>
-        <w:tblInd w:w="-289" w:type="dxa"/>
+        <w:tblW w:w="15197" w:type="dxa"/>
+        <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1985"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2280"/>
+        <w:gridCol w:w="3005"/>
+        <w:gridCol w:w="3005"/>
+        <w:gridCol w:w="3005"/>
+        <w:gridCol w:w="3005"/>
+        <w:gridCol w:w="3177"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003275E5" w14:paraId="14E0564A" w14:textId="77777777" w:rsidTr="004918F8">
+      <w:tr w:rsidR="003275E5" w14:paraId="14E0564A" w14:textId="77777777" w:rsidTr="003275E5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6231CA7C" w14:textId="39EC5658" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2B31E32C" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -314,51 +240,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC44B6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2077" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="53925BC6" w14:textId="77777777" w:rsidR="003275E5" w:rsidRPr="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="70984CC7" w14:textId="1C6E6E83" w:rsidR="003275E5" w:rsidRPr="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -374,51 +300,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Antradienis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61F351E7" w14:textId="77777777" w:rsidR="003275E5" w:rsidRPr="003275E5" w:rsidRDefault="003275E5" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2408" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4835F9C7" w14:textId="32EDA583" w:rsidR="003275E5" w:rsidRPr="003275E5" w:rsidRDefault="003275E5" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003275E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -444,51 +370,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Trečiadienis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C34D08D" w14:textId="77777777" w:rsidR="003275E5" w:rsidRPr="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2398" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7514B1DA" w14:textId="77777777" w:rsidR="003275E5" w:rsidRPr="00190E54" w:rsidRDefault="003275E5" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="4472C4" w:themeColor="accent5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00190E54">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
@@ -526,51 +452,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2280" w:type="dxa"/>
+            <w:tcW w:w="3177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="062AEE51" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="38055CA3" w14:textId="77777777" w:rsidR="003275E5" w:rsidRPr="0054771E" w:rsidRDefault="003275E5" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -605,285 +531,326 @@
           <w:p w14:paraId="40BFB06F" w14:textId="77777777" w:rsidR="003275E5" w:rsidRPr="0054771E" w:rsidRDefault="003275E5" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC44B6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003275E5" w14:paraId="20A60CC6" w14:textId="77777777" w:rsidTr="004918F8">
+      <w:tr w:rsidR="003275E5" w14:paraId="20A60CC6" w14:textId="77777777" w:rsidTr="003275E5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D5AFEB0" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pusryčiai</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6EA2AD49" w14:textId="61CDEB1B" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
-[...95 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0E22C622" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Grikių košė su morkomis 170/200 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6717C477" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sumuštinis pomidoru 30 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15D8F953" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Arbata</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 100 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EA2AD49" w14:textId="0C8082A6" w:rsidR="00FD3306" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vaisiai 100 g </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5712DB86" w14:textId="6A93B208" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="003275E5" w:rsidP="003275E5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2077" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D68B0E5" w14:textId="77777777" w:rsidR="003275E5" w:rsidRPr="00300B29" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pusryčiai</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CE579BB" w14:textId="77777777" w:rsidR="007C2658" w:rsidRDefault="007C2658" w:rsidP="007C2658">
-[...72 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7D27DF64" w14:textId="77777777" w:rsidR="00F9137A" w:rsidRDefault="00F9137A" w:rsidP="00F9137A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Varškės paplotėliai 100/120 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DB1E813" w14:textId="77777777" w:rsidR="00F9137A" w:rsidRDefault="00F9137A" w:rsidP="00F9137A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Šaldytos uogos 30/40 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D211EB5" w14:textId="77777777" w:rsidR="00F9137A" w:rsidRDefault="00F9137A" w:rsidP="00F9137A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jogurtinė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> grietinė 20 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AA3DEB1" w14:textId="77777777" w:rsidR="00F9137A" w:rsidRDefault="00F9137A" w:rsidP="00F9137A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vaisiai 100 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CE579BB" w14:textId="6D117FAC" w:rsidR="00F9137A" w:rsidRDefault="00F9137A" w:rsidP="00F9137A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A4ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">be cukraus 150 g </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03B577F3" w14:textId="6E5B1438" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="007C2658">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2408" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2427264E" w14:textId="4E99F76A" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pusryčiai</w:t>
             </w:r>
           </w:p>
@@ -943,51 +910,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 100 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06E9DCE2" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2398" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="123177A8" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pusryčiai</w:t>
             </w:r>
           </w:p>
@@ -1060,355 +1027,361 @@
               </w:rPr>
               <w:t>Kakava 100 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F49AD9D" w14:textId="3119422C" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vaisiai 100 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2280" w:type="dxa"/>
+            <w:tcW w:w="3177" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68961AB4" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pusryčiai</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38364B3C" w14:textId="1BE5B0D6" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
-[...61 lines deleted...]
-          <w:p w14:paraId="012C6EDF" w14:textId="5C121069" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="003275E5" w:rsidP="003275E5">
+          <w:p w14:paraId="3920C158" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tiršta kukurūzų kruopų košė 150/200 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38A618CC" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Cinamonas su cukrumi 5 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57121D0E" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Traputis 10 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CF17ED8" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A4ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Arbata be cukraus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 150 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="012C6EDF" w14:textId="079C1FBB" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vaisiai 100 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003275E5" w14:paraId="7BDB9AFB" w14:textId="77777777" w:rsidTr="004918F8">
+      <w:tr w:rsidR="003275E5" w14:paraId="7BDB9AFB" w14:textId="77777777" w:rsidTr="003275E5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D44BE68" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pietūs</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="665B776B" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2679414F" w14:textId="625BC013" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="003275E5" w:rsidP="003275E5">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0727F82A" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pupelių sriuba 150 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23681C0E" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Žuvies </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>kukulaičiai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pomidorų padaže 125/150 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C0912C9" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bulvių košė 80 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="332290B9" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Marinuoti agurkai 60 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5016CBAB" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kopūstų salotos 50/60 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2679414F" w14:textId="28D00A28" w:rsidR="00FD3306" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001A4ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> sriuba </w:t>
-[...102 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Vanduo </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63BE249F" w14:textId="77777777" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="003275E5" w:rsidP="003275E5">
+          <w:p w14:paraId="63BE249F" w14:textId="5965B9B2" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1394"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2077" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38176E56" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pietūs</w:t>
             </w:r>
           </w:p>
@@ -1567,51 +1540,51 @@
           </w:p>
           <w:p w14:paraId="730645E0" w14:textId="59FC25C2" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A4ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vanduo </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2408" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D07B8CF" w14:textId="63C761F8" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pietūs</w:t>
             </w:r>
           </w:p>
@@ -1624,75 +1597,66 @@
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3C49CBA5" w14:textId="10B27733" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Trinta moliūgų sriuba su skrebučiais 150 g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="761648BD" w14:textId="10F787BC" w:rsidR="003275E5" w:rsidRDefault="004918F8" w:rsidP="004918F8">
-[...23 lines deleted...]
-              <w:t>g</w:t>
+          <w:p w14:paraId="761648BD" w14:textId="53EEB36C" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Guliašas (kiauliena) 70/ 100 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33596F4D" w14:textId="326E7B42" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Virtos bulvės 60/ 80 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FF165A8" w14:textId="429537DA" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -1747,51 +1711,51 @@
           </w:p>
           <w:p w14:paraId="1BFF7B10" w14:textId="399CCF98" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vaisiai 100 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2398" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="665CAE99" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pietūs</w:t>
             </w:r>
           </w:p>
@@ -1874,898 +1838,854 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03FDFE1D" w14:textId="3673EAB6" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Agurkai  30/ 40 g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="420A4161" w14:textId="7B6A60A0" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
+          <w:p w14:paraId="420A4161" w14:textId="36EF92A3" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Keptų burokėlių ir pupelių salotos</w:t>
             </w:r>
             <w:r w:rsidRPr="001A4ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="004918F8">
-[...13 lines deleted...]
-              <w:t>g</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40/50 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E7AEB79" w14:textId="727562D7" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sviesto-grietinės padažas 15/25 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CA85480" w14:textId="77777777" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vanduo </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2280" w:type="dxa"/>
+            <w:tcW w:w="3177" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10BEA0A6" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pietūs</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D9F7FF0" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4D85D04B" w14:textId="1BAAD66A" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="003275E5" w:rsidP="003275E5">
-[...115 lines deleted...]
-          <w:p w14:paraId="430A43E6" w14:textId="7E095076" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="003275E5" w:rsidP="003275E5">
+          <w:p w14:paraId="50226889" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="001A4ED4" w:rsidRDefault="003275E5" w:rsidP="00FD3306">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A4ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD3306">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kopūstų</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD3306" w:rsidRPr="001A4ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sriuba </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD3306">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>150 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53113EF6" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A4ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Plovas (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vištiena</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A4ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 140/180 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57A9527C" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Burokėlių salotos 40 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15CE4733" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Marinuoti agurkai 40/60 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="258E3570" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A4ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">Vanduo </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="430A43E6" w14:textId="5BA4CF38" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003275E5" w14:paraId="7D1C5357" w14:textId="77777777" w:rsidTr="004918F8">
+      <w:tr w:rsidR="003275E5" w14:paraId="7D1C5357" w14:textId="77777777" w:rsidTr="003275E5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32D57EFA" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Vakarienė</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DFEA28C" w14:textId="7A809F10" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="004918F8" w:rsidP="003275E5">
-[...103 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="03F5CD92" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pieniška makaronų sriuba 200/ 250 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DFEA28C" w14:textId="6A8AE808" w:rsidR="00FD3306" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sumuštinis su sūriu 31 g </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D2380FB" w14:textId="00AC3AE5" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="003275E5" w:rsidP="003275E5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2077" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="394163E9" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Vakarienė</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17DBDA0C" w14:textId="77777777" w:rsidR="007C2658" w:rsidRDefault="007C2658" w:rsidP="007C2658">
-[...104 lines deleted...]
-              <w:t>be cukraus 150 g</w:t>
+          <w:p w14:paraId="535BD5D4" w14:textId="77777777" w:rsidR="00F9137A" w:rsidRDefault="00F9137A" w:rsidP="00F9137A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bulvių kukuliai 120/ 160 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05271909" w14:textId="77777777" w:rsidR="00F9137A" w:rsidRDefault="00F9137A" w:rsidP="00F9137A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sviesto-grietinės padažas 20 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47F81AC7" w14:textId="77777777" w:rsidR="00F9137A" w:rsidRDefault="00F9137A" w:rsidP="00F9137A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Agurkai 20 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F26484F" w14:textId="14281A17" w:rsidR="003275E5" w:rsidRPr="007C2658" w:rsidRDefault="00F9137A" w:rsidP="00F9137A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kefyras 100 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2408" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B403284" w14:textId="52B399F6" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Vakarienė</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28DEBCBC" w14:textId="77777777" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sklindžiai su obuoliais 120/145 g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03FB366B" w14:textId="22C651D9" w:rsidR="003275E5" w:rsidRDefault="004918F8" w:rsidP="003275E5">
-[...22 lines deleted...]
-              <w:t>g</w:t>
+          <w:p w14:paraId="03FB366B" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Šaldytos uogos 30/50 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E51324C" w14:textId="57634A3C" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A4ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Arbata </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2398" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="084AE72A" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Vakarienė</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C233733" w14:textId="5C25C283" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Varškės apkepas 130/150 g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E098189" w14:textId="004255D2" w:rsidR="003275E5" w:rsidRDefault="004918F8" w:rsidP="003275E5">
-[...22 lines deleted...]
-              <w:t>g</w:t>
+          <w:p w14:paraId="1E098189" w14:textId="4E26CF8B" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Šaldytos uogos 30/50 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12E6EAD5" w14:textId="6928DD75" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jogurtinė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> grietinė 20/ 30 g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5525EB7F" w14:textId="5C96A100" w:rsidR="003275E5" w:rsidRPr="00901CFF" w:rsidRDefault="003275E5" w:rsidP="003275E5">
+          <w:p w14:paraId="5525EB7F" w14:textId="6925210B" w:rsidR="003275E5" w:rsidRPr="00901CFF" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A4ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Arbata </w:t>
             </w:r>
-            <w:r w:rsidR="004918F8">
-[...13 lines deleted...]
-              <w:t>g</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>be cukraus 150 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DBB2EB9" w14:textId="77777777" w:rsidR="003275E5" w:rsidRPr="00B47C10" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2789"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2280" w:type="dxa"/>
+            <w:tcW w:w="3177" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40FC53C3" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Vakarienė</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7326A966" w14:textId="4B519602" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="003275E5">
-[...32 lines deleted...]
-              <w:t>Sumuštinis su sūriu 31 g</w:t>
+          <w:p w14:paraId="6DF47509" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Omletas 100/120 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="563ADD51" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pomidorai 30 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B4960CA" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Konservuoti žirneliai 30 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39130298" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sumuštinis su sviestu ir česnaku 19 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31A0B3BE" w14:textId="29575990" w:rsidR="003275E5" w:rsidRPr="001A4ED4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A4ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Arbata</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 100 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5280305C" w14:textId="0E79CEAE" w:rsidR="00114154" w:rsidRDefault="00F5252F" w:rsidP="00817607">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">PASTABA: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -2774,256 +2694,147 @@
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="007C46F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>sant būtinybei išlieka galimybė daryti pakeitimus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00022E29" w:rsidRPr="00022E29">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B7964A" w14:textId="77777777" w:rsidR="00173BD4" w:rsidRDefault="00173BD4" w:rsidP="00817607">
+    <w:p w14:paraId="42B63035" w14:textId="5FAB4146" w:rsidR="004C7BE4" w:rsidRPr="00114154" w:rsidRDefault="006841E5" w:rsidP="00114154">
       <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:noProof/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F14776B" wp14:editId="19F7F2C6">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F14776B" wp14:editId="3FF272B0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>8362950</wp:posOffset>
+              <wp:posOffset>8437245</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-540385</wp:posOffset>
+              <wp:posOffset>-296545</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1255953" cy="1341120"/>
-            <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+            <wp:extent cx="1057028" cy="1128706"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1553487883" name="irc_mi" descr="http://2.bp.blogspot.com/-S9UwiwDsiiQ/VfmbgRTJsaI/AAAAAAAAud4/apUuwxl_QUM/s1600/kids-eating-lunch-clipart.jpg">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId6"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId5"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="irc_mi" descr="http://2.bp.blogspot.com/-S9UwiwDsiiQ/VfmbgRTJsaI/AAAAAAAAud4/apUuwxl_QUM/s1600/kids-eating-lunch-clipart.jpg">
-                      <a:hlinkClick r:id="rId6"/>
+                      <a:hlinkClick r:id="rId5"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1255953" cy="1341120"/>
+                      <a:ext cx="1057028" cy="1128706"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00300B29">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00300B29" w:rsidRPr="00300B29">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...104 lines deleted...]
-        <w:t>Gargždų lopšelis-darželis „Saulutė“</w:t>
+        <w:t xml:space="preserve"> Gargždų lopšelis-darželis „Saulutė“</w:t>
       </w:r>
       <w:r w:rsidR="00300B29" w:rsidRPr="00300B29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00114154" w:rsidRPr="00A40B42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
@@ -3042,73 +2853,73 @@
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="C00000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2 savaitė </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11086" w:type="dxa"/>
+        <w:tblW w:w="15197" w:type="dxa"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2014"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="3006"/>
+        <w:gridCol w:w="2835"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E4445D" w14:paraId="3F7BEA48" w14:textId="77777777" w:rsidTr="004918F8">
+      <w:tr w:rsidR="00E4445D" w14:paraId="3F7BEA48" w14:textId="77777777" w:rsidTr="00E4445D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2014" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3C5ECFEA" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRPr="0083433E" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1C5B05F2" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -3136,51 +2947,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="76913E21" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRPr="0083433E" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3D09684E" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -3196,51 +3007,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Antradienis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CF35CF7" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRPr="00AB6A9D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0F424766" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRPr="0083433E" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7CB9DB75" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -3256,51 +3067,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Trečiadienis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01251BAE" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3006" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1331C4EA" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRPr="001E2465" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2F825996" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3316,51 +3127,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ketvirtadienis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DCDF0EF" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRPr="001E2465" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1BF925EB" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="237B5570" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRPr="001E2465" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3375,182 +3186,168 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Penktadienis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="025A1F42" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRPr="001E2465" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4445D" w14:paraId="218D04A7" w14:textId="77777777" w:rsidTr="004918F8">
+      <w:tr w:rsidR="00E4445D" w14:paraId="218D04A7" w14:textId="77777777" w:rsidTr="00E4445D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2014" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FD7A6BF" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pusryčiai</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03A45C3A" w14:textId="77777777" w:rsidR="007C2658" w:rsidRDefault="007C2658" w:rsidP="007C2658">
-[...96 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3703B16A" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CE1FBB9" w14:textId="2AFFEBBE" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F627D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Avižinė košė </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>170/200 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7482B348" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pienas 150 g </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5524D182" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Šaldytos uogos 50 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CD4D692" w14:textId="6B4A2BF4" w:rsidR="00E4445D" w:rsidRPr="007C2658" w:rsidRDefault="00E4445D" w:rsidP="003275E5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4C388325" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -3564,77 +3361,69 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC641C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ryžių košė su keptais obuoliais</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 170/200 g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A05AF5B" w14:textId="6D149803" w:rsidR="007C2658" w:rsidRDefault="004918F8" w:rsidP="007C2658">
+          <w:p w14:paraId="2A05AF5B" w14:textId="77777777" w:rsidR="007C2658" w:rsidRDefault="007C2658" w:rsidP="007C2658">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1290"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Šaldytos uogos 50</w:t>
-[...7 lines deleted...]
-              <w:t>g</w:t>
+              <w:t>Šaldytos uogos 50 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3724FD2B" w14:textId="77777777" w:rsidR="007C2658" w:rsidRDefault="007C2658" w:rsidP="007C2658">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1290"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Duoniukas 10 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21111C8F" w14:textId="77777777" w:rsidR="007C2658" w:rsidRDefault="007C2658" w:rsidP="007C2658">
             <w:pPr>
@@ -3656,176 +3445,168 @@
               </w:rPr>
               <w:t>Arbata150 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F13C75B" w14:textId="15A9813A" w:rsidR="00E4445D" w:rsidRDefault="007C2658" w:rsidP="007C2658">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vaisiai 100 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="64D3E545" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pusryčiai</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="300F619B" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4062F24D" w14:textId="2B2BDF23" w:rsidR="00665852" w:rsidRDefault="00665852" w:rsidP="00665852">
-[...77 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="178532FE" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tiršta miežinių kruopų košė 170/200 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C01FDC8" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Šaldytos uogos 40 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2371D4C0" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Traputis 10 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63C437A0" w14:textId="60FB7D39" w:rsidR="00E4445D" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Arbata be cukraus 150 g Vaisiai 100 g</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3006" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="21271E64" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRPr="001E2465" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E2465">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -3927,51 +3708,51 @@
           </w:p>
           <w:p w14:paraId="76A3B569" w14:textId="7308D151" w:rsidR="00E4445D" w:rsidRPr="001E2465" w:rsidRDefault="007C2658" w:rsidP="007C2658">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arbata 150 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1AF85D3B" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -4027,82 +3808,74 @@
             <w:r w:rsidR="00665852">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:r w:rsidR="0021788B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>200</w:t>
             </w:r>
             <w:r w:rsidR="00665852">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74A20C82" w14:textId="4A4B88E7" w:rsidR="00665852" w:rsidRPr="001E2465" w:rsidRDefault="002F25AC" w:rsidP="00665852">
+          <w:p w14:paraId="74A20C82" w14:textId="074471EE" w:rsidR="00665852" w:rsidRPr="001E2465" w:rsidRDefault="002F25AC" w:rsidP="00665852">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Agurkų lazdelės</w:t>
             </w:r>
-            <w:r w:rsidR="004918F8">
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00665852">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>g</w:t>
+              <w:t xml:space="preserve"> 30 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7209EB4B" w14:textId="1DCBF7AD" w:rsidR="00665852" w:rsidRPr="001E2465" w:rsidRDefault="00665852" w:rsidP="00665852">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E2465">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Sumuštinis su </w:t>
             </w:r>
             <w:r w:rsidR="002F25AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4141,190 +3914,262 @@
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E2465">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Arbata </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+        <w:bookmarkEnd w:id="0"/>
       </w:tr>
-      <w:tr w:rsidR="00E4445D" w14:paraId="3AE6B11C" w14:textId="77777777" w:rsidTr="004918F8">
+      <w:tr w:rsidR="00E4445D" w14:paraId="3AE6B11C" w14:textId="77777777" w:rsidTr="00E4445D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2014" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39F82E25" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pietūs</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C873572" w14:textId="77777777" w:rsidR="007C2658" w:rsidRDefault="007C2658" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="00C931F3" w14:textId="77777777" w:rsidR="007C2658" w:rsidRDefault="007C2658" w:rsidP="007C2658">
-[...89 lines deleted...]
-              <w:t>Vanduo</w:t>
+          <w:p w14:paraId="5CABD22B" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00D16D57" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Barščių  sriuba 150 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46AA9F33" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00D16D57" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bulvių košė 60/80 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AAA50BB" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00D16D57" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D16D57">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Žuvies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>piršteliai 60/80 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12E7CA50" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00D16D57" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Morkų salotos 40/50 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61491143" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00D16D57" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Žali žirneliai 30/ 40 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B282C01" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="007448D1" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007448D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sviesto-grietinės padažas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 15/20 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F2CF515" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D16D57">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vanduo </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="460CB926" w14:textId="5AC314D9" w:rsidR="00E4445D" w:rsidRPr="007C2658" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vaisiai 100 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1F9A2EA6" w14:textId="6A0BD7F1" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -4478,355 +4323,199 @@
               </w:rPr>
               <w:t>Agurkai 40 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32EA98FB" w14:textId="480ECE6D" w:rsidR="00E4445D" w:rsidRDefault="007C2658" w:rsidP="007C2658">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vanduo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0ADFE42D" w14:textId="63683AED" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pietūs</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CD1FAB1" w14:textId="77777777" w:rsidR="003275E5" w:rsidRPr="00114154" w:rsidRDefault="003275E5" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4A413EA1" w14:textId="30F46CC6" w:rsidR="00E4445D" w:rsidRPr="00D16D57" w:rsidRDefault="00665852" w:rsidP="00E4445D">
-[...228 lines deleted...]
-            <w:r w:rsidRPr="00D16D57">
+          <w:p w14:paraId="4D0AE488" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Agurkinė sriuba 150 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35EE1BFC" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Makaronai su vištiena ir daržovėmis 160/190 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AB45F94" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Agurkų lazdelės 50 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44C359C0" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Paprikos lazdelės 30 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A413EA1" w14:textId="5B801B80" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vanduo </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37C81AF8" w14:textId="2AFDBD0D" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="37C81AF8" w14:textId="37F780C2" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3006" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="34307642" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007448D1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -5037,51 +4726,51 @@
           </w:p>
           <w:p w14:paraId="42BFBD91" w14:textId="7F0EDF62" w:rsidR="00E4445D" w:rsidRPr="007448D1" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vanduo </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7BAAE85B" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -5108,51 +4797,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pomidorų</w:t>
             </w:r>
             <w:r w:rsidR="00E4445D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> sriuba 150 g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47908DF3" w14:textId="432270EF" w:rsidR="00E4445D" w:rsidRDefault="002F25AC" w:rsidP="00E4445D">
+          <w:p w14:paraId="47908DF3" w14:textId="41FAF359" w:rsidR="00E4445D" w:rsidRDefault="002F25AC" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Guliašas (kiauliena)</w:t>
             </w:r>
             <w:r w:rsidR="00E4445D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -5163,349 +4852,339 @@
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
             <w:r w:rsidR="00E4445D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="0021788B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
             <w:r w:rsidR="00E4445D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FA28271" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Virtos bulvės 60/80 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6872D063" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vanduo </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17B14DAB" w14:textId="4D0F1486" w:rsidR="00E4445D" w:rsidRDefault="002F25AC" w:rsidP="00E4445D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidR="00E4445D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">opūstų salotos </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidR="0021788B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E4445D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FA28271" w14:textId="6770E170" w:rsidR="00E4445D" w:rsidRDefault="004918F8" w:rsidP="00E4445D">
-[...85 lines deleted...]
-          <w:p w14:paraId="07FD5B96" w14:textId="65488228" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
+          <w:p w14:paraId="07FD5B96" w14:textId="224A3CC5" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Agurk</w:t>
             </w:r>
             <w:r w:rsidR="002F25AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ų lazdelės 40</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>g</w:t>
+              <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="686A8576" w14:textId="5829400F" w:rsidR="0021788B" w:rsidRDefault="0021788B" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vaisiai 100 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25BB942A" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRPr="007448D1" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4445D" w14:paraId="7D0429EC" w14:textId="77777777" w:rsidTr="004918F8">
+      <w:tr w:rsidR="00E4445D" w14:paraId="7D0429EC" w14:textId="77777777" w:rsidTr="00E4445D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2014" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="176CF2E9" w14:textId="30D6D743" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Vakarienė</w:t>
             </w:r>
             <w:r w:rsidRPr="00F627D5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="703EC271" w14:textId="77777777" w:rsidR="007C2658" w:rsidRDefault="007C2658" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="50133E8A" w14:textId="77777777" w:rsidR="007C2658" w:rsidRDefault="007C2658" w:rsidP="007C2658">
-[...60 lines deleted...]
-              <w:t xml:space="preserve"> grietinė 20/ 40 g</w:t>
+          <w:p w14:paraId="28A73CB3" w14:textId="18235951" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lietiniai su bananais 120/180 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32D07499" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Arbata be cukraus 150 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0215D5B2" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Šaldytos uogos 30/40 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="327DBEB9" w14:textId="550B6CF2" w:rsidR="003275E5" w:rsidRDefault="007C2658" w:rsidP="007C2658">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arbata 150 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DCEC5B3" w14:textId="5C76DD50" w:rsidR="00E4445D" w:rsidRPr="00F627D5" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4CA5F1CD" w14:textId="25C27A34" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -5601,229 +5280,175 @@
               </w:rPr>
               <w:t>Sumuštinis su sūriu 31/ 40 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4192341C" w14:textId="4C5C6CED" w:rsidR="00E4445D" w:rsidRDefault="007C2658" w:rsidP="007C2658">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kakava 150 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2E04EDFB" w14:textId="364CAFD7" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Vakarienė</w:t>
             </w:r>
             <w:r w:rsidRPr="00F627D5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="027D13E6" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0E2A8D8E" w14:textId="0E5A24F9" w:rsidR="00E4445D" w:rsidRDefault="00665852" w:rsidP="00E4445D">
-[...117 lines deleted...]
-          <w:p w14:paraId="0A0A8A6C" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
+          <w:p w14:paraId="4C52F481" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Varškės apkepas 130/140 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="257ADE18" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Šaldytos uogos 30/50 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75A70167" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00665852" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jogurtinė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> grietinė 20/ 40 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A0A8A6C" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00FD3306">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3006" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="789CBDD1" w14:textId="45AA3DD5" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -5933,179 +5558,203 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1371E5F2" w14:textId="47BF373D" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1DAF4164" w14:textId="77777777" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Vakarienė</w:t>
             </w:r>
             <w:r w:rsidRPr="00F627D5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0083527F" w14:textId="77777777" w:rsidR="003275E5" w:rsidRDefault="003275E5" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="676C6022" w14:textId="085979D9" w:rsidR="00E4445D" w:rsidRDefault="002F25AC" w:rsidP="00E4445D">
+          <w:p w14:paraId="676C6022" w14:textId="19F885DB" w:rsidR="00E4445D" w:rsidRDefault="002F25AC" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sklindžiai su obuoliais</w:t>
             </w:r>
             <w:r w:rsidR="00E4445D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
             <w:r w:rsidR="00E4445D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="0021788B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>125</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD3306">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="0021788B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00E4445D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43B0EB24" w14:textId="3F060002" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
+          <w:p w14:paraId="43B0EB24" w14:textId="2B582065" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Šaldytos uogos </w:t>
             </w:r>
             <w:r w:rsidR="002F25AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="0021788B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F874757" w14:textId="2E4D0D4C" w:rsidR="00E4445D" w:rsidRDefault="00E4445D" w:rsidP="00E4445D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -6175,266 +5824,166 @@
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="007C46F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>sant būtinybei išlieka galimybė daryti pakeitimus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00022E29" w:rsidRPr="00022E29">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E22B05C" w14:textId="77777777" w:rsidR="008D3DE4" w:rsidRDefault="008D3DE4" w:rsidP="00F5252F">
+    <w:p w14:paraId="0E22B05C" w14:textId="1887E618" w:rsidR="008D3DE4" w:rsidRDefault="008F5432" w:rsidP="00F5252F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26483932" wp14:editId="0DD89E73">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26483932" wp14:editId="6D0D32A1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>8423910</wp:posOffset>
+              <wp:posOffset>8279130</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-471805</wp:posOffset>
+              <wp:posOffset>-411480</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1263089" cy="1348740"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:wrapNone/>
             <wp:docPr id="216170633" name="irc_mi" descr="http://2.bp.blogspot.com/-S9UwiwDsiiQ/VfmbgRTJsaI/AAAAAAAAud4/apUuwxl_QUM/s1600/kids-eating-lunch-clipart.jpg">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId6"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId5"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="irc_mi" descr="http://2.bp.blogspot.com/-S9UwiwDsiiQ/VfmbgRTJsaI/AAAAAAAAud4/apUuwxl_QUM/s1600/kids-eating-lunch-clipart.jpg">
-                      <a:hlinkClick r:id="rId6"/>
+                      <a:hlinkClick r:id="rId5"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1263089" cy="1348740"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00300B29" w:rsidRPr="00300B29">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3688BDFB" w14:textId="77777777" w:rsidR="004918F8" w:rsidRDefault="004918F8" w:rsidP="00114154">
-[...10 lines deleted...]
-    <w:p w14:paraId="57E3EF7F" w14:textId="2F8FB159" w:rsidR="00114154" w:rsidRPr="00114154" w:rsidRDefault="00B13BD8" w:rsidP="00114154">
+    <w:p w14:paraId="57E3EF7F" w14:textId="164CB9FD" w:rsidR="00114154" w:rsidRPr="00114154" w:rsidRDefault="00300B29" w:rsidP="00114154">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...70 lines deleted...]
-      <w:r w:rsidR="00300B29">
+      <w:r w:rsidRPr="00300B29">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00300B29" w:rsidRPr="00300B29">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00300B29">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Gargždų lopšelis-darželis „Saulutė“</w:t>
       </w:r>
-      <w:r w:rsidR="00300B29" w:rsidRPr="00300B29">
+      <w:r w:rsidRPr="00300B29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00114154" w:rsidRPr="00A40B42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00114154">
         <w:rPr>
@@ -6453,73 +6002,73 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3 savaitė</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10944" w:type="dxa"/>
+        <w:tblW w:w="15168" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1872"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3033"/>
+        <w:gridCol w:w="3034"/>
+        <w:gridCol w:w="3033"/>
+        <w:gridCol w:w="3034"/>
+        <w:gridCol w:w="3034"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F5252F" w14:paraId="468407B0" w14:textId="77777777" w:rsidTr="004918F8">
+      <w:tr w:rsidR="00F5252F" w14:paraId="468407B0" w14:textId="77777777" w:rsidTr="001C6168">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55AE200D" w14:textId="77777777" w:rsidR="007B40C2" w:rsidRDefault="007B40C2" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="141073AF" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -6545,51 +6094,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7271658C" w14:textId="77777777" w:rsidR="007B40C2" w:rsidRDefault="007B40C2" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="03519DAE" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -6604,51 +6153,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Antradienis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D1ACC63" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRPr="00AB6A9D" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="381FEA4E" w14:textId="77777777" w:rsidR="007B40C2" w:rsidRDefault="007B40C2" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3B6C71F3" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -6663,51 +6212,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Trečiadienis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A5C5949" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="3034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="53DA0F79" w14:textId="77777777" w:rsidR="007B40C2" w:rsidRDefault="007B40C2" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6F907982" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -6734,51 +6283,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4F914D7C" w14:textId="77777777" w:rsidR="007B40C2" w:rsidRDefault="007B40C2" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="14567274" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -6803,54 +6352,54 @@
           <w:p w14:paraId="53718EE7" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="007B40C2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00344C08" w14:paraId="26E2109F" w14:textId="77777777" w:rsidTr="004918F8">
+      <w:tr w:rsidR="00344C08" w14:paraId="26E2109F" w14:textId="77777777" w:rsidTr="001C6168">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5227C79F" w14:textId="77777777" w:rsidR="00344C08" w:rsidRDefault="00344C08" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pusryčiai</w:t>
             </w:r>
           </w:p>
@@ -7000,51 +6549,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5337FE2F" w14:textId="3CE84710" w:rsidR="00C97F27" w:rsidRPr="0035667B" w:rsidRDefault="00C97F27" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Traputis 10 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="261F33AF" w14:textId="77777777" w:rsidR="00344C08" w:rsidRDefault="00344C08" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -7222,151 +6771,143 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vaisiai</w:t>
             </w:r>
             <w:r w:rsidR="00B527DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 100</w:t>
             </w:r>
             <w:r w:rsidR="00DD2441">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3BCA2B2B" w14:textId="77777777" w:rsidR="00344C08" w:rsidRPr="006149E8" w:rsidRDefault="00344C08" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006149E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pusryčiai</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55E6F09A" w14:textId="77777777" w:rsidR="00344C08" w:rsidRPr="006149E8" w:rsidRDefault="00344C08" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="17A937F0" w14:textId="04CD1339" w:rsidR="007448D1" w:rsidRPr="00F26CAE" w:rsidRDefault="007448D1" w:rsidP="007448D1">
+          <w:p w14:paraId="17A937F0" w14:textId="5AEC1541" w:rsidR="007448D1" w:rsidRPr="00F26CAE" w:rsidRDefault="007448D1" w:rsidP="007448D1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F26CAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Tiršta </w:t>
             </w:r>
             <w:r w:rsidR="00F96AE3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>kukurūzų</w:t>
             </w:r>
             <w:r w:rsidRPr="00F26CAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> kruopų košė</w:t>
             </w:r>
             <w:r w:rsidR="00B527DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="004918F8">
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00A31A8A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>g</w:t>
+              <w:t>170/200 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6537C05A" w14:textId="01614F06" w:rsidR="00F96AE3" w:rsidRDefault="00F96AE3" w:rsidP="00F96AE3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Šaldytos uogos 50</w:t>
             </w:r>
             <w:r w:rsidR="0021788B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -7430,51 +6971,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vaisiai</w:t>
             </w:r>
             <w:r w:rsidR="00977206">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 100</w:t>
             </w:r>
             <w:r w:rsidR="001B6E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="3034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="71D35A6F" w14:textId="77777777" w:rsidR="00344C08" w:rsidRPr="006149E8" w:rsidRDefault="00344C08" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006149E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -7509,106 +7050,98 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE7354">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>rikių kruopų košė</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> su morkomis 170/200 g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EB16124" w14:textId="70891F13" w:rsidR="00F96AE3" w:rsidRDefault="004918F8" w:rsidP="00F96AE3">
-[...22 lines deleted...]
-              <w:t>g</w:t>
+          <w:p w14:paraId="1EB16124" w14:textId="2004A6AE" w:rsidR="00F96AE3" w:rsidRDefault="00F96AE3" w:rsidP="00F96AE3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sumuštinis su sūriu 31 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58FCB3D5" w14:textId="30F9E896" w:rsidR="00344C08" w:rsidRPr="00F96AE3" w:rsidRDefault="00F96AE3" w:rsidP="00F96AE3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006149E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Arbata </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="718BCBFE" w14:textId="77777777" w:rsidR="00344C08" w:rsidRPr="006149E8" w:rsidRDefault="00344C08" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006149E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -7759,54 +7292,54 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E12B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vaisiai</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 100 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00344C08" w14:paraId="126F4967" w14:textId="77777777" w:rsidTr="004918F8">
+      <w:tr w:rsidR="00344C08" w14:paraId="126F4967" w14:textId="77777777" w:rsidTr="001C6168">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49A47223" w14:textId="77777777" w:rsidR="00344C08" w:rsidRDefault="00344C08" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pietūs</w:t>
             </w:r>
           </w:p>
@@ -7935,74 +7468,66 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
             <w:r w:rsidR="00114154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/8</w:t>
             </w:r>
             <w:r w:rsidR="00DD2441">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0 g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="684717F7" w14:textId="0058E2B8" w:rsidR="00DE7354" w:rsidRDefault="00B13BD8" w:rsidP="00344C08">
-[...22 lines deleted...]
-              <w:t>g</w:t>
+          <w:p w14:paraId="684717F7" w14:textId="75F27238" w:rsidR="00DE7354" w:rsidRDefault="002F25AC" w:rsidP="00344C08">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Žali žirneliai 30 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A6F57E5" w14:textId="0FC49D75" w:rsidR="007448D1" w:rsidRDefault="00DD2441" w:rsidP="007448D1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Morkų</w:t>
             </w:r>
             <w:r w:rsidR="007448D1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -8100,51 +7625,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vaisiai</w:t>
             </w:r>
             <w:r w:rsidR="00B527DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DD2441">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="42C6C401" w14:textId="6138148D" w:rsidR="00344C08" w:rsidRDefault="00344C08" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -8429,51 +7954,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A0F42FA" w14:textId="0DB745D2" w:rsidR="00344C08" w:rsidRPr="00977206" w:rsidRDefault="006149E8" w:rsidP="002D1F41">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vanduo </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="468952FA" w14:textId="77777777" w:rsidR="00344C08" w:rsidRPr="006149E8" w:rsidRDefault="00344C08" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006149E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -8703,51 +8228,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006149E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="006149E8" w:rsidRPr="006149E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">anduo </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="3034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="72896EBB" w14:textId="77777777" w:rsidR="00344C08" w:rsidRPr="006149E8" w:rsidRDefault="00344C08" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006149E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -8779,216 +8304,208 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Žirnių</w:t>
             </w:r>
             <w:r w:rsidR="007448D1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> sriuba</w:t>
             </w:r>
             <w:r w:rsidR="00B760E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 150</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DB63699" w14:textId="771DCBD0" w:rsidR="002E12B5" w:rsidRPr="002E12B5" w:rsidRDefault="002E12B5" w:rsidP="002E12B5">
+          <w:p w14:paraId="2DB63699" w14:textId="5111D5EE" w:rsidR="002E12B5" w:rsidRPr="002E12B5" w:rsidRDefault="002E12B5" w:rsidP="002E12B5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E12B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Žuvies </w:t>
             </w:r>
             <w:r w:rsidR="001D704C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>šnicelis</w:t>
             </w:r>
             <w:r w:rsidR="00B760E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 60/80</w:t>
             </w:r>
             <w:r w:rsidR="001D704C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42595516" w14:textId="7BA92643" w:rsidR="002E12B5" w:rsidRPr="002E12B5" w:rsidRDefault="00F96AE3" w:rsidP="002E12B5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Virtos bulvės</w:t>
+            </w:r>
+            <w:r w:rsidR="00B760E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60/80</w:t>
+            </w:r>
+            <w:r w:rsidR="001D704C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78220E19" w14:textId="0C1A7B24" w:rsidR="002E12B5" w:rsidRPr="006149E8" w:rsidRDefault="001D704C" w:rsidP="002E12B5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Morkų</w:t>
+            </w:r>
+            <w:r w:rsidR="00C4244B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> salotos</w:t>
+            </w:r>
+            <w:r w:rsidR="00B760E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F96AE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidR="0021788B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42595516" w14:textId="7BA92643" w:rsidR="002E12B5" w:rsidRPr="002E12B5" w:rsidRDefault="00F96AE3" w:rsidP="002E12B5">
-[...91 lines deleted...]
-          <w:p w14:paraId="4D83BE81" w14:textId="7F37DCD9" w:rsidR="006149E8" w:rsidRDefault="00F96AE3" w:rsidP="002E12B5">
+          <w:p w14:paraId="4D83BE81" w14:textId="1F3860BB" w:rsidR="006149E8" w:rsidRDefault="00F96AE3" w:rsidP="002E12B5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Marinuoti agurkai</w:t>
             </w:r>
-            <w:r w:rsidR="00B13BD8">
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00797F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>g</w:t>
+              <w:t xml:space="preserve"> 60 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="727C1E9F" w14:textId="0E04F0F4" w:rsidR="00797F5E" w:rsidRPr="002E12B5" w:rsidRDefault="00797F5E" w:rsidP="002E12B5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Sviesto-grietinės padažas </w:t>
             </w:r>
             <w:r w:rsidR="00F96AE3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -9062,51 +8579,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> 100</w:t>
             </w:r>
             <w:r w:rsidR="00797F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13339A47" w14:textId="77777777" w:rsidR="006149E8" w:rsidRPr="006149E8" w:rsidRDefault="006149E8" w:rsidP="002E12B5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3DB25E53" w14:textId="77777777" w:rsidR="00344C08" w:rsidRPr="006149E8" w:rsidRDefault="00344C08" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006149E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -9289,54 +8806,54 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="294335AF" w14:textId="6B1FAA84" w:rsidR="00344C08" w:rsidRPr="006149E8" w:rsidRDefault="00DE7354" w:rsidP="00927313">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006149E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vanduo </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00344C08" w14:paraId="5BF19388" w14:textId="77777777" w:rsidTr="004918F8">
+      <w:tr w:rsidR="00344C08" w14:paraId="5BF19388" w14:textId="77777777" w:rsidTr="001C6168">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="525FAB31" w14:textId="77777777" w:rsidR="00344C08" w:rsidRDefault="00344C08" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Vakarienė</w:t>
             </w:r>
           </w:p>
@@ -9464,51 +8981,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arbata</w:t>
             </w:r>
             <w:r w:rsidR="00DD2441">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4D1E8468" w14:textId="77777777" w:rsidR="00344C08" w:rsidRDefault="00344C08" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -9567,164 +9084,172 @@
             <w:r w:rsidR="00DE7BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="0021788B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>160</w:t>
             </w:r>
             <w:r w:rsidR="00DE7BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BE16C68" w14:textId="083639ED" w:rsidR="00DE7354" w:rsidRDefault="00DE7BF6" w:rsidP="00DE7354">
+          <w:p w14:paraId="7BE16C68" w14:textId="0FFAD2F7" w:rsidR="00DE7354" w:rsidRDefault="00DE7BF6" w:rsidP="00DE7354">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Šaldytos uogos </w:t>
             </w:r>
             <w:r w:rsidR="00281970">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidR="0021788B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20A92213" w14:textId="2A14C380" w:rsidR="00344C08" w:rsidRPr="00977206" w:rsidRDefault="00DE7BF6" w:rsidP="000447E4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arbata be cukraus</w:t>
             </w:r>
             <w:r w:rsidR="00B527DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 150</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="3033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="138D0241" w14:textId="77777777" w:rsidR="00344C08" w:rsidRPr="006149E8" w:rsidRDefault="00344C08" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006149E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Vakarienė</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="239C38CE" w14:textId="77777777" w:rsidR="00344C08" w:rsidRPr="006149E8" w:rsidRDefault="00344C08" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3B3BEB5C" w14:textId="0077D9C7" w:rsidR="008E7A73" w:rsidRPr="006149E8" w:rsidRDefault="00F96AE3" w:rsidP="008E7A73">
+          <w:p w14:paraId="3B3BEB5C" w14:textId="31252D56" w:rsidR="008E7A73" w:rsidRPr="006149E8" w:rsidRDefault="00F96AE3" w:rsidP="008E7A73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Trinta varškė</w:t>
             </w:r>
             <w:r w:rsidR="00977206">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -9735,51 +9260,51 @@
               </w:rPr>
               <w:t>150</w:t>
             </w:r>
             <w:r w:rsidR="00977206">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="0021788B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>200</w:t>
             </w:r>
             <w:r w:rsidR="001D704C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>g</w:t>
+              <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C92FB6E" w14:textId="39092ED5" w:rsidR="00F96AE3" w:rsidRDefault="00F96AE3" w:rsidP="00F96AE3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Šaldytos uogos 50</w:t>
             </w:r>
             <w:r w:rsidR="0021788B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -9827,51 +9352,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Arbata </w:t>
             </w:r>
             <w:r w:rsidR="00F96AE3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>150</w:t>
             </w:r>
             <w:r w:rsidR="001D704C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="3034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="66509153" w14:textId="77777777" w:rsidR="00344C08" w:rsidRPr="006149E8" w:rsidRDefault="00344C08" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006149E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -9963,96 +9488,96 @@
             <w:r w:rsidR="00F96AE3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
             <w:r w:rsidR="0021788B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4492E0A5" w14:textId="264EBB71" w:rsidR="00344C08" w:rsidRPr="006149E8" w:rsidRDefault="00BE4484" w:rsidP="00BE4484">
+          <w:p w14:paraId="4492E0A5" w14:textId="3C08A15B" w:rsidR="00344C08" w:rsidRPr="006149E8" w:rsidRDefault="00BE4484" w:rsidP="00BE4484">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006149E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arbata</w:t>
             </w:r>
             <w:r w:rsidR="006149E8" w:rsidRPr="006149E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> be cukraus</w:t>
             </w:r>
             <w:r w:rsidR="00977206">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 150</w:t>
             </w:r>
             <w:r w:rsidR="00797F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>g</w:t>
+              <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="51C0F235" w14:textId="77777777" w:rsidR="00344C08" w:rsidRPr="006149E8" w:rsidRDefault="00344C08" w:rsidP="00344C08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006149E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -10234,265 +9759,166 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>150 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5DB5B56D" w14:textId="1CFAF9D3" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="00F5252F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>PASTABA: esant būtinybei išlieka galimybė daryti pakeitimus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="131481AF" w14:textId="3579A426" w:rsidR="006841E5" w:rsidRDefault="006841E5" w:rsidP="00F5252F">
+    <w:p w14:paraId="131481AF" w14:textId="4540EE24" w:rsidR="006841E5" w:rsidRDefault="008F5432" w:rsidP="00F5252F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...41 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:i/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14700552" wp14:editId="24531E42">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D152286" wp14:editId="03FD4C09">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>5235575</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>8416290</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-1026795</wp:posOffset>
-[...65 lines deleted...]
-              <wp:posOffset>-540385</wp:posOffset>
+              <wp:posOffset>-381000</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1264920" cy="1350695"/>
             <wp:effectExtent l="0" t="0" r="0" b="1905"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="irc_mi" descr="http://2.bp.blogspot.com/-S9UwiwDsiiQ/VfmbgRTJsaI/AAAAAAAAud4/apUuwxl_QUM/s1600/kids-eating-lunch-clipart.jpg">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId6"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId5"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="irc_mi" descr="http://2.bp.blogspot.com/-S9UwiwDsiiQ/VfmbgRTJsaI/AAAAAAAAud4/apUuwxl_QUM/s1600/kids-eating-lunch-clipart.jpg">
-                      <a:hlinkClick r:id="rId6"/>
+                      <a:hlinkClick r:id="rId5"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1264920" cy="1350695"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00300B29" w:rsidRPr="00300B29">
+    </w:p>
+    <w:p w14:paraId="10A4575A" w14:textId="5D774FE5" w:rsidR="00927313" w:rsidRPr="00977206" w:rsidRDefault="00300B29" w:rsidP="00977206">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00300B29">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00300B29">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidR="00300B29" w:rsidRPr="00300B29">
+      <w:r w:rsidRPr="00300B29">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Gargždų lopšelis-darželis „Saulutė“</w:t>
       </w:r>
-      <w:r w:rsidR="00300B29" w:rsidRPr="00300B29">
+      <w:r w:rsidRPr="00300B29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00977206" w:rsidRPr="00A40B42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00977206">
         <w:rPr>
@@ -10532,73 +9958,73 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F5252F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4 savaitė</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11086" w:type="dxa"/>
+        <w:tblW w:w="15594" w:type="dxa"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2014"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F5252F" w14:paraId="47A595BB" w14:textId="77777777" w:rsidTr="00B13BD8">
+      <w:tr w:rsidR="00F5252F" w14:paraId="47A595BB" w14:textId="77777777" w:rsidTr="001C6168">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2014" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2DBE5561" w14:textId="77777777" w:rsidR="002501AB" w:rsidRDefault="002501AB" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79DE37F0" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10614,51 +10040,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pirmadienis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D14D9E3" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRPr="001A0FAD" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="03F7C24B" w14:textId="77777777" w:rsidR="00F03990" w:rsidRDefault="00F03990" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="52E56F24" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10673,51 +10099,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Antradienis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46E5A540" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRPr="001A0FAD" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="730154AD" w14:textId="77777777" w:rsidR="006639FD" w:rsidRDefault="006639FD" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="151A552E" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10732,51 +10158,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Trečiadienis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E428194" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4871E9A0" w14:textId="77777777" w:rsidR="00F949E2" w:rsidRDefault="00F949E2" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="551C7751" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRPr="003275E5" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10792,51 +10218,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ketvirtadienis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="401A303F" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRPr="00BC44B6" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="47B9C836" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRPr="0083433E" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
@@ -10862,671 +10288,531 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Penktadienis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41CBEF3C" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F5252F" w14:paraId="375FCE33" w14:textId="77777777" w:rsidTr="00B13BD8">
+      <w:tr w:rsidR="00F5252F" w14:paraId="375FCE33" w14:textId="77777777" w:rsidTr="001C6168">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2014" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="366E04F8" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pusryčiai</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35C1765C" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="59E68036" w14:textId="2FB1E6A6" w:rsidR="00D506D4" w:rsidRPr="00D506D4" w:rsidRDefault="00EC3401" w:rsidP="00D506D4">
-[...60 lines deleted...]
-            <w:r w:rsidRPr="00D506D4">
+          <w:p w14:paraId="2726643D" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00F26CAE" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F26CAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tiršta </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>perlinių</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F26CAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kruopų košė</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 170/200 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06E05048" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00F26CAE" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F26CAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">umuštinis su </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sūriu 31 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66747EA5" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00F26CAE" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F26CAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arbata</w:t>
             </w:r>
-            <w:r w:rsidR="00EC3401">
-[...33 lines deleted...]
-            <w:r w:rsidRPr="00D506D4">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 100 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59E68036" w14:textId="02A5C8A8" w:rsidR="00FD3306" w:rsidRPr="0087403D" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F26CAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vaisiai</w:t>
             </w:r>
-            <w:r w:rsidR="00977206">
-[...14 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 100 g </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="789CE419" w14:textId="568B8AA6" w:rsidR="00F5252F" w:rsidRPr="0087403D" w:rsidRDefault="00F5252F" w:rsidP="00D506D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="35E7953C" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pusryčiai</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56E93175" w14:textId="1FC1B3AD" w:rsidR="007C2658" w:rsidRDefault="007C2658" w:rsidP="007C2658">
-[...56 lines deleted...]
-              <w:t>g</w:t>
+          <w:p w14:paraId="690E6163" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="007C2658">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56E93175" w14:textId="3FCAFB10" w:rsidR="007C2658" w:rsidRDefault="007C2658" w:rsidP="007C2658">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Avižinė košė su persikais 150/200 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B1B34BD" w14:textId="77777777" w:rsidR="007C2658" w:rsidRDefault="007C2658" w:rsidP="007C2658">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Šaldytos uogos 50 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DC30B54" w14:textId="77777777" w:rsidR="007C2658" w:rsidRPr="00B6644B" w:rsidRDefault="007C2658" w:rsidP="007C2658">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Traputis 10 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E967918" w14:textId="77777777" w:rsidR="007C2658" w:rsidRPr="00F26CAE" w:rsidRDefault="007C2658" w:rsidP="007C2658">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F26CAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arbata</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 100/ 150 g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1054E5E8" w14:textId="1DB076FF" w:rsidR="00F5252F" w:rsidRDefault="007C2658" w:rsidP="007C2658">
-[...8 lines deleted...]
-                <w:u w:val="single"/>
+          <w:p w14:paraId="63E81C17" w14:textId="39605DDC" w:rsidR="00F5252F" w:rsidRPr="001D1764" w:rsidRDefault="007C2658" w:rsidP="00B21C98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="subscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F26CAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vaisiai</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 100 g</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5A8A8E86" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pusryčiai</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="108A814D" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2C8F198D" w14:textId="1B02085B" w:rsidR="00F26CAE" w:rsidRPr="00F26CAE" w:rsidRDefault="00F26CAE" w:rsidP="00F26CAE">
-[...132 lines deleted...]
-            <w:r w:rsidRPr="00F26CAE">
+          <w:p w14:paraId="2D0F897C" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00D506D4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tiršta kukurūzų kruopų košė 170/200 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="481A1338" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00D506D4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Šaldytos uogos 50 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B602C87" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00D506D4" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D506D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arbata</w:t>
             </w:r>
-            <w:r w:rsidR="00DD29FF">
-[...49 lines deleted...]
-            <w:r w:rsidRPr="00F26CAE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 150 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15231329" w14:textId="23990113" w:rsidR="00F5252F" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D506D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vaisiai</w:t>
             </w:r>
-            <w:r w:rsidR="00251AEB">
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> g</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 100 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7DA2C297" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -11605,51 +10891,51 @@
               </w:rPr>
               <w:t>Šaldytos uogos 50 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F9C7123" w14:textId="322804D9" w:rsidR="00F5252F" w:rsidRDefault="007C2658" w:rsidP="007C2658">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kakava 100 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7FAD0688" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -11794,280 +11080,246 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="176FCEDE" w14:textId="660D0230" w:rsidR="0061388D" w:rsidRDefault="00BA425F" w:rsidP="00982B6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Traputis su agurku 30 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F5252F" w14:paraId="3E2259AD" w14:textId="77777777" w:rsidTr="00B13BD8">
+      <w:tr w:rsidR="00F5252F" w14:paraId="3E2259AD" w14:textId="77777777" w:rsidTr="001C6168">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2014" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7176532A" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="00915EA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pietūs</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63616DE3" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="00915EA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2BC19294" w14:textId="0325BFFD" w:rsidR="000A498E" w:rsidRPr="000A498E" w:rsidRDefault="00F96AE3" w:rsidP="00915EA8">
-[...168 lines deleted...]
-            <w:r w:rsidRPr="00BA425F">
+          <w:p w14:paraId="7DDADB37" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="007448D1" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Barščių sriuba 150</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5018BEA5" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00F26CAE" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kalakutienos kotletai 70/90 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6056AEE9" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bulvių košė 60/80 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7880FADB" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00DD29FF" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Morkų salotos 40/60 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07249813" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sviesto-grietinės padažas 30 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21EAD5C3" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="002C4163" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pomidorai</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 40 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC19294" w14:textId="7AC58C5C" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vanduo </w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="47AE473C" w14:textId="0EDAB342" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="00927313">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="03EFA88F" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="00915EA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -12216,305 +11468,205 @@
           </w:p>
           <w:p w14:paraId="654F7EF6" w14:textId="60AED322" w:rsidR="00F5252F" w:rsidRPr="007C2658" w:rsidRDefault="007C2658" w:rsidP="007C2658">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Grietinės – pomidorų padažas 15/ 20 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="35C69FD3" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="00915EA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Pietūs</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1FEE302E" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="00915EA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0FBB15FA" w14:textId="4411A4F7" w:rsidR="00927313" w:rsidRPr="007448D1" w:rsidRDefault="00BA425F" w:rsidP="00927313">
-[...50 lines deleted...]
-            <w:r w:rsidR="00251AEB">
+          <w:p w14:paraId="07A69EBC" w14:textId="08E8760E" w:rsidR="00FD3306" w:rsidRPr="000A498E" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kopūstų sriuba 150 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E2448C6" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00BA425F" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA425F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Makaronai su vištiena ir daržovėmis 160/180 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7108896D" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00BA425F" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA425F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Marinuoti agurkai 60 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F8D0EF5" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00BA425F" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA425F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Paprikos lazdelės 30</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...95 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00BA425F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46DE77E0" w14:textId="0F29FEFC" w:rsidR="00BA425F" w:rsidRPr="002C4163" w:rsidRDefault="00BA425F" w:rsidP="00BA425F">
-[...40 lines deleted...]
-              <w:t xml:space="preserve">Vanduo </w:t>
+          <w:p w14:paraId="11A5E03B" w14:textId="1183D0A8" w:rsidR="00F5252F" w:rsidRPr="007E4406" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA425F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vanduo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2397F15B" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="00915EA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -12649,51 +11801,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Vanduo </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10004B93" w14:textId="2DE69FDC" w:rsidR="00DD29FF" w:rsidRDefault="007C2658" w:rsidP="00DD29FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vaisiai 100 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="76601154" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRPr="00004769" w:rsidRDefault="00F5252F" w:rsidP="00915EA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00004769">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -12786,100 +11938,92 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jautienos maltinis</w:t>
             </w:r>
             <w:r w:rsidR="00022E29">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 60/80</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05AAB874" w14:textId="4DE6E1B3" w:rsidR="00BA425F" w:rsidRPr="00983952" w:rsidRDefault="00B13BD8" w:rsidP="00BA425F">
-[...25 lines deleted...]
-          <w:p w14:paraId="2FC692C7" w14:textId="5AC52CD6" w:rsidR="009744E6" w:rsidRDefault="00BA425F" w:rsidP="00915EA8">
+          <w:p w14:paraId="05AAB874" w14:textId="77777777" w:rsidR="00BA425F" w:rsidRPr="00983952" w:rsidRDefault="00BA425F" w:rsidP="00BA425F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Virtos bulvės 60/80 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FC692C7" w14:textId="38444AE2" w:rsidR="009744E6" w:rsidRDefault="00BA425F" w:rsidP="00915EA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rauginti kopūstai 50</w:t>
             </w:r>
             <w:r w:rsidR="003275E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>g</w:t>
+              <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="451DDE22" w14:textId="77777777" w:rsidR="00BA425F" w:rsidRDefault="0061388D" w:rsidP="00BA425F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pomido</w:t>
             </w:r>
             <w:r w:rsidR="00BA425F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -12926,291 +12070,187 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35FCCBC7" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRPr="00004769" w:rsidRDefault="00927313" w:rsidP="00927313">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vanduo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F5252F" w14:paraId="771F856E" w14:textId="77777777" w:rsidTr="00B13BD8">
+      <w:tr w:rsidR="00F5252F" w14:paraId="771F856E" w14:textId="77777777" w:rsidTr="001C6168">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2014" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="46D70728" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Vakarienė</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="423A640B" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="551CE405" w14:textId="57B6B65C" w:rsidR="002E2C23" w:rsidRDefault="00EC3401" w:rsidP="002E2C23">
-[...166 lines deleted...]
-            <w:r w:rsidRPr="002E2C23">
+          <w:p w14:paraId="718E4A3F" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983952">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sklindžiai su obuoliais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 120/145 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AC359E7" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="00300964" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00300964">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Šaldytos uogos </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30/50 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="551CE405" w14:textId="49D4B336" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F26CAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arbata</w:t>
             </w:r>
-            <w:r w:rsidR="00977206">
-[...14 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 150 g </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F023A93" w14:textId="316BFF8D" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="002E2C23">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="438E121D" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -13325,214 +12365,176 @@
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arbata 150 g</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43C0323A" w14:textId="2E51FF2C" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="00C4244B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3F53ABD8" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Vakarienė</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07F44FF8" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2A67ADEE" w14:textId="77777777" w:rsidR="00BA425F" w:rsidRDefault="00BA425F" w:rsidP="00BA425F">
-[...84 lines deleted...]
-            <w:r w:rsidRPr="00F26CAE">
+          <w:p w14:paraId="7FEBF9CD" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Omletas su sūriu 90/120 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ADB2FDA" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Konservuoti žirneliai 30/ 40 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65C773C4" w14:textId="77777777" w:rsidR="00FD3306" w:rsidRPr="002E2C23" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sumuštinis su sviestu ir pomidoru 30 g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A40F00D" w14:textId="2FB12189" w:rsidR="00F5252F" w:rsidRPr="00BA425F" w:rsidRDefault="00FD3306" w:rsidP="00FD3306">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E2C23">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arbata</w:t>
             </w:r>
-            <w:r w:rsidR="00BA425F">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> g</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>150 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0846039C" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -13666,51 +12668,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0056731E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arbata</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>150 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="00FBC304" w14:textId="77777777" w:rsidR="00F5252F" w:rsidRDefault="00F5252F" w:rsidP="001C6168">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -13868,107 +12870,107 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>sant būtinybei išlieka galimybė daryti pakeitimus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                          </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00927313" w:rsidRPr="00022E29" w:rsidSect="004918F8">
-[...1 lines deleted...]
-      <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="851" w:header="567" w:footer="567" w:gutter="0"/>
+    <w:sectPr w:rsidR="00927313" w:rsidRPr="00022E29" w:rsidSect="009074B7">
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="851" w:right="1701" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="630D3097"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ACA84F80"/>
     <w:lvl w:ilvl="0" w:tplc="04270001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -14087,190 +13089,197 @@
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00370E52"/>
     <w:rsid w:val="0001083D"/>
     <w:rsid w:val="000228F4"/>
     <w:rsid w:val="00022E29"/>
     <w:rsid w:val="000447E4"/>
     <w:rsid w:val="000841C3"/>
     <w:rsid w:val="000A498E"/>
     <w:rsid w:val="000C2760"/>
     <w:rsid w:val="001047EB"/>
     <w:rsid w:val="00114154"/>
     <w:rsid w:val="00122839"/>
     <w:rsid w:val="00166793"/>
     <w:rsid w:val="00173BD4"/>
     <w:rsid w:val="00176D88"/>
     <w:rsid w:val="00181B5B"/>
     <w:rsid w:val="00195FD1"/>
     <w:rsid w:val="001A6427"/>
     <w:rsid w:val="001B6E01"/>
     <w:rsid w:val="001C6168"/>
+    <w:rsid w:val="001D1764"/>
     <w:rsid w:val="001D704C"/>
     <w:rsid w:val="001E2465"/>
     <w:rsid w:val="001F0983"/>
     <w:rsid w:val="001F7720"/>
     <w:rsid w:val="00203764"/>
     <w:rsid w:val="00213E7D"/>
     <w:rsid w:val="0021788B"/>
     <w:rsid w:val="00221277"/>
     <w:rsid w:val="002230BB"/>
     <w:rsid w:val="002501AB"/>
     <w:rsid w:val="00251899"/>
     <w:rsid w:val="00251AEB"/>
     <w:rsid w:val="00267C8D"/>
     <w:rsid w:val="00275531"/>
     <w:rsid w:val="00281970"/>
     <w:rsid w:val="002905FC"/>
     <w:rsid w:val="00293699"/>
     <w:rsid w:val="002C4163"/>
     <w:rsid w:val="002D1F41"/>
     <w:rsid w:val="002E12B5"/>
     <w:rsid w:val="002E2C23"/>
     <w:rsid w:val="002F25AC"/>
     <w:rsid w:val="00300964"/>
     <w:rsid w:val="00300B29"/>
     <w:rsid w:val="003275E5"/>
     <w:rsid w:val="00344C08"/>
     <w:rsid w:val="00370E52"/>
     <w:rsid w:val="0038610E"/>
     <w:rsid w:val="003A747F"/>
     <w:rsid w:val="003C7838"/>
     <w:rsid w:val="003E53F5"/>
     <w:rsid w:val="0040231C"/>
     <w:rsid w:val="00403385"/>
     <w:rsid w:val="00427A0B"/>
     <w:rsid w:val="0044670F"/>
     <w:rsid w:val="0046243F"/>
     <w:rsid w:val="00483EE7"/>
-    <w:rsid w:val="004918F8"/>
     <w:rsid w:val="004B73D9"/>
     <w:rsid w:val="004C0F24"/>
     <w:rsid w:val="004C7BE4"/>
     <w:rsid w:val="00501419"/>
     <w:rsid w:val="00561C21"/>
     <w:rsid w:val="0056731E"/>
     <w:rsid w:val="0058649A"/>
+    <w:rsid w:val="005A64E8"/>
     <w:rsid w:val="005D58EC"/>
     <w:rsid w:val="005F4D93"/>
     <w:rsid w:val="0061388D"/>
     <w:rsid w:val="006149E8"/>
     <w:rsid w:val="00622244"/>
     <w:rsid w:val="006639FD"/>
     <w:rsid w:val="00665852"/>
     <w:rsid w:val="006739F2"/>
+    <w:rsid w:val="0067475E"/>
     <w:rsid w:val="006841E5"/>
     <w:rsid w:val="006B73C2"/>
     <w:rsid w:val="006C56C7"/>
     <w:rsid w:val="006E5F89"/>
     <w:rsid w:val="007022F5"/>
     <w:rsid w:val="0074412A"/>
     <w:rsid w:val="007448D1"/>
     <w:rsid w:val="00745F89"/>
     <w:rsid w:val="007915DA"/>
     <w:rsid w:val="00797F5E"/>
     <w:rsid w:val="007B40C2"/>
     <w:rsid w:val="007C2658"/>
     <w:rsid w:val="007D469C"/>
     <w:rsid w:val="00817607"/>
     <w:rsid w:val="00825494"/>
     <w:rsid w:val="00875691"/>
     <w:rsid w:val="00875BF0"/>
     <w:rsid w:val="008B54CC"/>
     <w:rsid w:val="008D3DE4"/>
     <w:rsid w:val="008E1CE4"/>
     <w:rsid w:val="008E386A"/>
     <w:rsid w:val="008E7A73"/>
+    <w:rsid w:val="008F5432"/>
     <w:rsid w:val="00901CFF"/>
     <w:rsid w:val="009074B7"/>
     <w:rsid w:val="00915EA8"/>
     <w:rsid w:val="00927313"/>
     <w:rsid w:val="009744E6"/>
     <w:rsid w:val="00977206"/>
     <w:rsid w:val="00982B6C"/>
     <w:rsid w:val="00983952"/>
     <w:rsid w:val="00996412"/>
     <w:rsid w:val="009B26D4"/>
     <w:rsid w:val="00A0404F"/>
     <w:rsid w:val="00A31A8A"/>
     <w:rsid w:val="00A40B42"/>
     <w:rsid w:val="00A5584C"/>
     <w:rsid w:val="00A62E76"/>
     <w:rsid w:val="00AB3C41"/>
-    <w:rsid w:val="00B13BD8"/>
     <w:rsid w:val="00B21C98"/>
     <w:rsid w:val="00B23487"/>
     <w:rsid w:val="00B47C10"/>
     <w:rsid w:val="00B527DE"/>
+    <w:rsid w:val="00B575AB"/>
     <w:rsid w:val="00B6644B"/>
     <w:rsid w:val="00B73370"/>
     <w:rsid w:val="00B75C59"/>
     <w:rsid w:val="00B760E9"/>
     <w:rsid w:val="00B92C95"/>
     <w:rsid w:val="00BA425F"/>
     <w:rsid w:val="00BA6433"/>
+    <w:rsid w:val="00BB46D5"/>
     <w:rsid w:val="00BD248B"/>
     <w:rsid w:val="00BD6C6E"/>
     <w:rsid w:val="00BE079D"/>
     <w:rsid w:val="00BE4484"/>
     <w:rsid w:val="00BF24A0"/>
     <w:rsid w:val="00C34ABF"/>
     <w:rsid w:val="00C4244B"/>
     <w:rsid w:val="00C959C2"/>
     <w:rsid w:val="00C97F27"/>
     <w:rsid w:val="00CB64C9"/>
     <w:rsid w:val="00D16D57"/>
     <w:rsid w:val="00D3084E"/>
     <w:rsid w:val="00D506D4"/>
     <w:rsid w:val="00D54467"/>
+    <w:rsid w:val="00D82126"/>
     <w:rsid w:val="00D93900"/>
     <w:rsid w:val="00DC641C"/>
     <w:rsid w:val="00DD2441"/>
     <w:rsid w:val="00DD29FF"/>
     <w:rsid w:val="00DE7354"/>
     <w:rsid w:val="00DE7BF6"/>
     <w:rsid w:val="00E02CA6"/>
     <w:rsid w:val="00E2317B"/>
     <w:rsid w:val="00E27DD7"/>
     <w:rsid w:val="00E4445D"/>
     <w:rsid w:val="00E725C3"/>
     <w:rsid w:val="00EC3401"/>
     <w:rsid w:val="00EE4D87"/>
     <w:rsid w:val="00F03990"/>
     <w:rsid w:val="00F26CAE"/>
     <w:rsid w:val="00F34A81"/>
     <w:rsid w:val="00F5252F"/>
     <w:rsid w:val="00F67DDB"/>
     <w:rsid w:val="00F84476"/>
+    <w:rsid w:val="00F9137A"/>
     <w:rsid w:val="00F949E2"/>
     <w:rsid w:val="00F96AE3"/>
     <w:rsid w:val="00FC09E4"/>
     <w:rsid w:val="00FC27E9"/>
+    <w:rsid w:val="00FD3306"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5319C4D6"/>
@@ -14738,51 +13747,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B75C59"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.lt/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=images&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0CAcQjRxqFQoTCJuOksnO78gCFcShDgodCv0G8A&amp;url=http://www.botoezinhos.com/&amp;bvm=bv.106379543,d.ZWU&amp;psig=AFQjCNEKx_eUnDauG9dre1nZ9vt85-z7HA&amp;ust=1446480365318790" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.lt/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=images&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0CAcQjRxqFQoTCJuOksnO78gCFcShDgodCv0G8A&amp;url=http://www.botoezinhos.com/&amp;bvm=bv.106379543,d.ZWU&amp;psig=AFQjCNEKx_eUnDauG9dre1nZ9vt85-z7HA&amp;ust=1446480365318790" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -15006,78 +14015,78 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>2962</Characters>
+  <Pages>1</Pages>
+  <Words>5220</Words>
+  <Characters>2976</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8142</CharactersWithSpaces>
+  <CharactersWithSpaces>8180</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vartotojas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>